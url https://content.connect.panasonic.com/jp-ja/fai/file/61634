--- v0 (2025-12-26)
+++ v1 (2026-02-12)
@@ -1,76 +1,76 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://api.box.com/wopi/files/1911646202237/WOPIServiceId_TP_BOX_2/WOPIUserId_-/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://api.box.com/wopi/files/2121340789644/WOPIServiceId_TP_BOX_2/WOPIUserId_-/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="2" documentId="13_ncr:1_{D9E95A73-E311-4F50-A120-0516F620D943}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C16E02EF-9E8F-4564-BD97-35F6D9764D72}"/>
+  <xr:revisionPtr revIDLastSave="3" documentId="13_ncr:1_{B47E4294-1F81-4F41-85DB-F6BB3005D125}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{10DC3CF2-DC4B-4075-A5F6-0A651D23EC0D}"/>
   <bookViews>
-    <workbookView xWindow="10872" yWindow="660" windowWidth="12708" windowHeight="11256" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="溶接機ロボットカレッジ受講申込書" sheetId="3" r:id="rId1"/>
+    <sheet name="溶接機ロボットカレッジ受講申込書" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">溶接機ロボットカレッジ受講申込書!$A$1:$AJ$67</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">溶接機ロボットカレッジ受講申込書!$A$1:$AK$69</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="141" uniqueCount="102">
   <si>
     <t>記入日：</t>
     <rPh sb="0" eb="2">
       <t>キニュウ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ビ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>受講コース(希望コース・該当項目に■）</t>
     <rPh sb="0" eb="2">
       <t>ジュコウ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>キボウ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>ガイトウ</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>コウモク</t>
     </rPh>
     <phoneticPr fontId="1"/>
@@ -143,138 +143,86 @@
       <t>チュウキュウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>ロボットメンテナンス研修基礎コース</t>
     <rPh sb="10" eb="12">
       <t>ケンシュウ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>キソ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>ロボットメンテナンス研修上級コース</t>
     <rPh sb="10" eb="12">
       <t>ケンシュウ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>ジョウキュウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>LAPRISS操作　Ａコース（３日間）　</t>
-[...46 lines deleted...]
-  <si>
     <t>●操作基礎研修受講履歴</t>
     <rPh sb="1" eb="3">
       <t>ソウサ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>キソ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>ケンシュウ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>ジュコウ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>リレキ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>年</t>
     <rPh sb="0" eb="1">
       <t>ネン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>月受講</t>
     <rPh sb="0" eb="1">
       <t>ガツ</t>
     </rPh>
     <rPh sb="1" eb="3">
       <t>ジュコウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>ｺｰｽお申込みの方</t>
-[...2 lines deleted...]
-  <si>
     <t>●メンテ基礎研修受講履歴</t>
     <rPh sb="4" eb="6">
       <t>キソ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>ケンシュウ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>ジュコウ</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>リレキ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>研修期間</t>
     <rPh sb="0" eb="2">
       <t>ケンシュウ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>キカン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
@@ -457,78 +405,50 @@
       <t>ラン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>販売店名</t>
     <rPh sb="0" eb="3">
       <t>ハンバイテン</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>メイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>担当者名</t>
     <rPh sb="0" eb="3">
       <t>タントウシャ</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>メイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>※指定の振込用紙はありません。振込手数料はお客様にてご負担願います。</t>
-[...26 lines deleted...]
-  <si>
     <t>振込先</t>
     <rPh sb="0" eb="3">
       <t>フリコミサキ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>三井住友銀行　　　ラベンダー支店　　　普通預金　　４２５４０２０</t>
     <rPh sb="0" eb="2">
       <t>ミツイ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>スミトモ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>ギンコウ</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>シテン</t>
     </rPh>
     <rPh sb="19" eb="21">
       <t>フツウ</t>
     </rPh>
     <rPh sb="21" eb="23">
       <t>ヨキン</t>
@@ -656,160 +576,50 @@
     <rPh sb="13" eb="14">
       <t>ア</t>
     </rPh>
     <rPh sb="16" eb="17">
       <t>ナド</t>
     </rPh>
     <rPh sb="18" eb="20">
       <t>マツビ</t>
     </rPh>
     <rPh sb="20" eb="22">
       <t>キサイ</t>
     </rPh>
     <rPh sb="23" eb="24">
       <t>カク</t>
     </rPh>
     <rPh sb="30" eb="32">
       <t>レンラク</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>◎キャンセルポリシー　　</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>&lt;申込書提出先＞</t>
-[...108 lines deleted...]
-  <si>
     <t>　　◆ﾌﾟﾛｾｽｴﾝｼﾞﾆｱﾘﾝｸﾞｾﾝﾀｰ　　</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>〒561-0854</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>大阪府豊中市稲津町3-1-1</t>
     <rPh sb="0" eb="3">
       <t>オオサカフ</t>
     </rPh>
     <rPh sb="3" eb="6">
       <t>トヨナカシ</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>イネ</t>
     </rPh>
     <rPh sb="7" eb="8">
       <t>ツ</t>
     </rPh>
     <rPh sb="8" eb="9">
       <t>マチ</t>
     </rPh>
     <phoneticPr fontId="1"/>
@@ -882,69 +692,50 @@
     <rPh sb="14" eb="17">
       <t>モウシコミショ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>受付時間：平日9:00~12:00及び13:00~16:00</t>
     <rPh sb="0" eb="2">
       <t>ウケツケ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ジカン</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>ヘイジツ</t>
     </rPh>
     <rPh sb="17" eb="18">
       <t>オヨ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>（土日・祝日・年末年始。当社指定の休日除く）</t>
   </si>
   <si>
-    <t>首都圏会場FAX　048-654-9873・ 名古屋会場FAX　0561-63-5966・ 大阪会場FAX　06-6862-6625</t>
-[...17 lines deleted...]
-  <si>
     <t>パナソニックコネクト株式会社</t>
     <rPh sb="10" eb="12">
       <t>カブシキ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>カイシャ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>～</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>年齢層</t>
   </si>
   <si>
     <t>弊社営業所　　　(代理店名）</t>
     <rPh sb="0" eb="2">
       <t>ヘイシャ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>エイギョウ</t>
     </rPh>
     <rPh sb="4" eb="5">
@@ -953,54 +744,50 @@
     <rPh sb="9" eb="12">
       <t>ダイリテン</t>
     </rPh>
     <rPh sb="12" eb="13">
       <t>メイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>申込責任者氏名</t>
     <rPh sb="0" eb="2">
       <t>モウシコミ</t>
     </rPh>
     <rPh sb="2" eb="5">
       <t>セキニンシャ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>シメイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>申込責任者の                   所属部課名</t>
   </si>
   <si>
-    <t>※ご連絡先メールアドレス</t>
-[...2 lines deleted...]
-  <si>
     <t>●受講費には消費税１０％が含まれております</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>　適格請求書発行事業者 登録番号 ： T3010001129215</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>期間</t>
     <rPh sb="0" eb="2">
       <t>キカン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve">  受講日から起算して8営業日前まで</t>
     <rPh sb="2" eb="5">
       <t>ジュコウヒ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>キサン</t>
     </rPh>
     <rPh sb="12" eb="15">
       <t>エイギョウビ</t>
     </rPh>
@@ -1076,110 +863,325 @@
     <rPh sb="33" eb="35">
       <t>ジョウキ</t>
     </rPh>
     <rPh sb="36" eb="37">
       <t>カギ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>キャンセル料</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>無料</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>受講料の50%</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>受講料の100%</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>●受講費お振込みの上、振込控えを添付してお申込みください。</t>
-[...26 lines deleted...]
-  <si>
     <t>パナソニック コネクト株式会社 溶接プロセス事業部 プロセスエンジニアリングセンター</t>
     <rPh sb="11" eb="13">
       <t>カブシキ</t>
     </rPh>
     <rPh sb="13" eb="15">
       <t>カイシャ</t>
     </rPh>
     <rPh sb="16" eb="18">
       <t>ヨウセツ</t>
     </rPh>
     <rPh sb="22" eb="25">
       <t>ジギョウブ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>首都圏会場</t>
+    <rPh sb="0" eb="3">
+      <t>シュトケン</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>カイジョウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>中部会場</t>
+    <rPh sb="0" eb="2">
+      <t>チュウブ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>カイジョウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>大阪会場</t>
+    <rPh sb="0" eb="2">
+      <t>オオサカ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>カイジョウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>申込書送付先【Eメール】</t>
+    <rPh sb="0" eb="3">
+      <t>モウシコミショ</t>
+    </rPh>
+    <rPh sb="3" eb="6">
+      <t>ソウフサキ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>yousetsu_college@gg.jp.panasonic.com（カレッジ共通）</t>
+    <rPh sb="41" eb="43">
+      <t>キョウツウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>FAX：048-654-9873</t>
+  </si>
+  <si>
+    <t>FAX：0561-63-5966</t>
+  </si>
+  <si>
+    <t>FAX　06-6862-6625</t>
+  </si>
+  <si>
+    <t>●受講希望される会場にチェックをお願いします。</t>
+    <rPh sb="1" eb="3">
+      <t>ジュコウ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>キボウ</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>カイジョウ</t>
+    </rPh>
+    <rPh sb="17" eb="18">
+      <t>ネガ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
     <t>0120-700-912［ﾌﾘｰﾀﾞｲﾔﾙ］</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>2025.10.1改訂</t>
-    <rPh sb="9" eb="11">
+    <t>2026.1.1改訂</t>
+    <rPh sb="8" eb="10">
       <t>カイテイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>※修了書に記載しますので、「受講お会社」「会社名」は略さず記入下さい</t>
+    <rPh sb="1" eb="4">
+      <t>シュウリョウショ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>キサイ</t>
+    </rPh>
+    <rPh sb="14" eb="16">
+      <t>ジュコウ</t>
+    </rPh>
+    <rPh sb="17" eb="19">
+      <t>カイシャ</t>
+    </rPh>
+    <rPh sb="21" eb="23">
+      <t>カイシャ</t>
+    </rPh>
+    <rPh sb="23" eb="24">
+      <t>メイ</t>
+    </rPh>
+    <rPh sb="26" eb="27">
+      <t>リャク</t>
+    </rPh>
+    <rPh sb="29" eb="31">
+      <t>キニュウ</t>
+    </rPh>
+    <rPh sb="31" eb="32">
+      <t>クダ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <r>
+      <t>●受講費お振込みの上、振込控えを添付してお申込みください。</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="游ゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>※指定の振込用紙はありません。振込手数料はお客様にてご負担願います。</t>
+    </r>
+    <rPh sb="1" eb="3">
+      <t>ジュコウ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>ヒ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>フリコ</t>
+    </rPh>
+    <rPh sb="9" eb="10">
+      <t>ウエ</t>
+    </rPh>
+    <rPh sb="11" eb="13">
+      <t>フリコミ</t>
+    </rPh>
+    <rPh sb="13" eb="14">
+      <t>ヒカ</t>
+    </rPh>
+    <rPh sb="16" eb="18">
+      <t>テンプ</t>
+    </rPh>
+    <rPh sb="21" eb="23">
+      <t>モウシコ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ご連絡先Eメールアドレス(必ずご記入下さい）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>G3</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>G4</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>（</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>受講される会場へ　　　　　　　　　　　送付ください</t>
+    <rPh sb="0" eb="2">
+      <t>ジュコウ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>カイジョウ</t>
+    </rPh>
+    <rPh sb="19" eb="21">
+      <t>ソウフ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>LAPRISSⅡ操作　Ａコース（３日間）　</t>
+    <rPh sb="8" eb="10">
+      <t>ソウサ</t>
+    </rPh>
+    <rPh sb="17" eb="18">
+      <t>ニチ</t>
+    </rPh>
+    <rPh sb="18" eb="19">
+      <t>アイダ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>LAPRISSⅡ操作　Ｂコース（１日間）　</t>
+    <rPh sb="8" eb="10">
+      <t>ソウサ</t>
+    </rPh>
+    <rPh sb="17" eb="18">
+      <t>ニチ</t>
+    </rPh>
+    <rPh sb="18" eb="19">
+      <t>アイダ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>DTPS操作ベーシックコース</t>
+    <rPh sb="4" eb="6">
+      <t>ソウサ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>DTPS操作アドバンスコース</t>
+    <rPh sb="4" eb="6">
+      <t>ソウサ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>特別講習コース（会場/オンサイト）</t>
+    <rPh sb="0" eb="2">
+      <t>トクベツ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>コウシュウ</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>カイジョウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>カスタマイズ研修コース</t>
+    <rPh sb="6" eb="8">
+      <t>ケンシュウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>中級・ﾒﾝﾃ基礎・上級</t>
+  </si>
+  <si>
+    <t>ｺｰｽお申込みの方</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1249,72 +1251,88 @@
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FFFF0000"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="游ゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="6"/>
+      <color theme="1"/>
+      <name val="游ゴシック"/>
+      <family val="2"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="42">
+  <borders count="39">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
@@ -1499,121 +1517,80 @@
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...11 lines deleted...]
-    <border>
       <left/>
       <right/>
-      <top style="medium">
-[...11 lines deleted...]
-      </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...13 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
@@ -1753,133 +1730,130 @@
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="163">
+  <cellXfs count="167">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="12" xfId="0" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="13" xfId="0" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1">
-      <alignment vertical="center"/>
-[...22 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="18" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
@@ -1890,473 +1864,471 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="18" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="18" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="18" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="25" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="26" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="27" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="28" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="25" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="26" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="41" xfId="0" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...34 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="30" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center"/>
-[...69 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="28" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...46 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="27" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="30" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="32" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="33" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...76 lines deleted...]
-      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...22 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...9 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="6">
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFCCFFCC"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFCCFFCC"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFCCFFCC"/>
@@ -2390,74 +2362,74 @@
     <mruColors>
       <color rgb="FFCCFFCC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>123825</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>561976</xdr:colOff>
-      <xdr:row>33</xdr:row>
+      <xdr:row>41</xdr:row>
       <xdr:rowOff>85725</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="テキスト ボックス 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1227B333-79BF-4011-8740-D7AA8001C211}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4DBC127-F363-44B5-821A-2DF4B16EEEC0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="95250" y="4711065"/>
-          <a:ext cx="466726" cy="2720340"/>
+          <a:off x="95250" y="6988175"/>
+          <a:ext cx="466726" cy="2717800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
@@ -2471,74 +2443,74 @@
             </a:lnSpc>
           </a:pPr>
           <a:r>
             <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="700">
               <a:latin typeface="+mn-ea"/>
               <a:ea typeface="+mn-ea"/>
             </a:rPr>
             <a:t>※</a:t>
           </a:r>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700">
               <a:latin typeface="+mn-ea"/>
               <a:ea typeface="+mn-ea"/>
             </a:rPr>
             <a:t>お申込みは。事業者の方であることを前提とさせていただきます。</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>66675</xdr:colOff>
-      <xdr:row>7</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>590551</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="3" name="テキスト ボックス 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D72F7A76-70F8-4F16-928C-BEE0317D18A3}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF5D1A14-D843-4533-BE65-7F40E7C34625}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="66675" y="1878330"/>
-          <a:ext cx="523876" cy="1884045"/>
+          <a:off x="66675" y="2768600"/>
+          <a:ext cx="523876" cy="3025775"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
@@ -2552,149 +2524,213 @@
             </a:lnSpc>
           </a:pPr>
           <a:r>
             <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="700">
               <a:latin typeface="+mn-ea"/>
               <a:ea typeface="+mn-ea"/>
             </a:rPr>
             <a:t>※</a:t>
           </a:r>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700">
               <a:latin typeface="+mn-ea"/>
               <a:ea typeface="+mn-ea"/>
             </a:rPr>
             <a:t>太枠内ご記入ください。</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>142875</xdr:colOff>
-      <xdr:row>5</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>171450</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>6</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="4" name="右矢印 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{338393FA-FF0C-44AB-B034-2716B5258C27}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6038EE6C-4C66-4FCD-9278-A04D402C3DD2}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="142875" y="1459230"/>
+          <a:off x="142875" y="2349500"/>
           <a:ext cx="504825" cy="247650"/>
         </a:xfrm>
         <a:prstGeom prst="rightArrow">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent6"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="lt1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent6"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>23</xdr:col>
       <xdr:colOff>26670</xdr:colOff>
-      <xdr:row>63</xdr:row>
+      <xdr:row>65</xdr:row>
       <xdr:rowOff>45720</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>23</xdr:col>
       <xdr:colOff>152400</xdr:colOff>
-      <xdr:row>65</xdr:row>
+      <xdr:row>67</xdr:row>
       <xdr:rowOff>182880</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="5" name="右中かっこ 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{36C7F5A3-BD40-407A-9974-99628296A189}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{30E9CDE7-E0FC-41AA-82AC-09F0FB923A9A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="6244590" y="12931140"/>
-          <a:ext cx="125730" cy="617220"/>
+          <a:off x="6281420" y="14396720"/>
+          <a:ext cx="125730" cy="619760"/>
         </a:xfrm>
         <a:prstGeom prst="rightBrace">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100"/>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>167640</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>822960</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="6" name="正方形/長方形 5">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62FB74C4-4347-4329-93B4-24684204E1B1}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="815340" y="1746250"/>
+          <a:ext cx="655320" cy="228600"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="6350">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent6"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="lt1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="accent6"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2933,2042 +2969,2178 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AD89F3E9-A9F5-41CB-B8C0-657CD948642C}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3EE74B84-C770-4C6B-A482-DFC1FEB53E61}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:AU67"/>
+  <dimension ref="B2:AW69"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A8" workbookViewId="0">
-      <selection activeCell="AB65" sqref="AB65"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="8.5" customWidth="1"/>
     <col min="2" max="2" width="13" customWidth="1"/>
     <col min="3" max="3" width="3.59765625" customWidth="1"/>
     <col min="4" max="4" width="6.5" customWidth="1"/>
     <col min="5" max="12" width="2.3984375" customWidth="1"/>
     <col min="13" max="35" width="2.796875" customWidth="1"/>
     <col min="36" max="36" width="5.5" customWidth="1"/>
     <col min="37" max="37" width="4.09765625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:47" x14ac:dyDescent="0.45">
-[...7 lines deleted...]
-      <c r="Z2" s="32"/>
+    <row r="2" spans="2:49" x14ac:dyDescent="0.45">
+      <c r="B2" s="23"/>
+      <c r="Y2" s="49"/>
+      <c r="Z2" s="31"/>
       <c r="AB2" t="s">
         <v>0</v>
       </c>
-      <c r="AD2" s="32"/>
-[...61 lines deleted...]
-      </c>
+      <c r="AD2" s="31"/>
+      <c r="AE2" s="69"/>
+      <c r="AF2" s="69"/>
+      <c r="AG2" s="69"/>
+      <c r="AH2" s="69"/>
+      <c r="AI2" s="69"/>
+      <c r="AJ2" s="69"/>
+    </row>
+    <row r="3" spans="2:49" x14ac:dyDescent="0.45">
+      <c r="AE3" s="32"/>
+      <c r="AF3" s="32"/>
+      <c r="AG3" s="32"/>
+      <c r="AH3" s="32"/>
+      <c r="AI3" s="32"/>
+      <c r="AJ3" s="32"/>
+    </row>
+    <row r="4" spans="2:49" ht="28.8" x14ac:dyDescent="0.45">
+      <c r="B4" s="70" t="s">
+        <v>54</v>
+      </c>
+      <c r="C4" s="70"/>
+      <c r="D4" s="70"/>
+      <c r="E4" s="70"/>
+      <c r="F4" s="70"/>
+      <c r="G4" s="70"/>
+      <c r="H4" s="70"/>
+      <c r="I4" s="70"/>
+      <c r="J4" s="70"/>
+      <c r="K4" s="70"/>
+      <c r="L4" s="70"/>
+      <c r="M4" s="70"/>
+      <c r="N4" s="70"/>
+      <c r="O4" s="70"/>
+      <c r="P4" s="70"/>
+      <c r="Q4" s="70"/>
+      <c r="R4" s="70"/>
+      <c r="S4" s="70"/>
+      <c r="T4" s="70"/>
+      <c r="U4" s="70"/>
+      <c r="V4" s="70"/>
+      <c r="W4" s="70"/>
+      <c r="X4" s="70"/>
+      <c r="Y4" s="70"/>
+      <c r="Z4" s="70"/>
+      <c r="AA4" s="70"/>
+      <c r="AB4" s="70"/>
+      <c r="AC4" s="70"/>
+      <c r="AD4" s="70"/>
+      <c r="AE4" s="70"/>
+      <c r="AF4" s="70"/>
+      <c r="AG4" s="70"/>
+      <c r="AH4" s="70"/>
+      <c r="AI4" s="70"/>
+      <c r="AJ4" s="70"/>
+    </row>
+    <row r="5" spans="2:49" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.5"/>
+    <row r="6" spans="2:49" x14ac:dyDescent="0.45">
+      <c r="B6" s="60" t="s">
+        <v>83</v>
+      </c>
+      <c r="C6" s="2"/>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
       <c r="J6" s="2"/>
       <c r="K6" s="2"/>
       <c r="L6" s="2"/>
       <c r="M6" s="2"/>
       <c r="N6" s="2"/>
       <c r="O6" s="2"/>
       <c r="P6" s="2"/>
       <c r="Q6" s="2"/>
       <c r="R6" s="2"/>
       <c r="S6" s="2"/>
       <c r="T6" s="2"/>
       <c r="U6" s="2"/>
       <c r="V6" s="2"/>
       <c r="W6" s="2"/>
       <c r="X6" s="2"/>
       <c r="Y6" s="2"/>
       <c r="Z6" s="2"/>
       <c r="AA6" s="2"/>
       <c r="AB6" s="2"/>
       <c r="AC6" s="2"/>
       <c r="AD6" s="2"/>
       <c r="AE6" s="2"/>
       <c r="AF6" s="2"/>
       <c r="AG6" s="2"/>
       <c r="AH6" s="2"/>
       <c r="AI6" s="2"/>
       <c r="AJ6" s="3"/>
-      <c r="AL6" s="33"/>
-[...6 lines deleted...]
-      <c r="C7" s="34" t="s">
+    </row>
+    <row r="7" spans="2:49" ht="18" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B7" s="54" t="s">
+        <v>78</v>
+      </c>
+      <c r="C7" s="55"/>
+      <c r="D7" s="53"/>
+      <c r="E7" s="67" t="s">
+        <v>79</v>
+      </c>
+      <c r="F7" s="53"/>
+      <c r="H7" s="55"/>
+      <c r="I7" s="55"/>
+      <c r="K7" s="55"/>
+      <c r="M7" s="53"/>
+      <c r="N7" s="55"/>
+      <c r="O7" s="55"/>
+      <c r="P7" s="55"/>
+      <c r="Q7" s="55"/>
+      <c r="R7" s="55"/>
+      <c r="S7" s="32"/>
+      <c r="T7" s="53"/>
+      <c r="U7" s="55"/>
+      <c r="V7" s="55"/>
+      <c r="W7" s="55"/>
+      <c r="X7" s="55"/>
+      <c r="Y7" s="32"/>
+      <c r="Z7" s="53"/>
+      <c r="AA7" s="55"/>
+      <c r="AB7" s="55"/>
+      <c r="AC7" s="55"/>
+      <c r="AD7" s="55"/>
+      <c r="AE7" s="55"/>
+      <c r="AF7" s="55"/>
+      <c r="AG7" s="55"/>
+      <c r="AH7" s="55"/>
+      <c r="AI7" s="55"/>
+      <c r="AJ7" s="56"/>
+    </row>
+    <row r="8" spans="2:49" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="68" t="s">
+        <v>93</v>
+      </c>
+      <c r="C8" s="32" t="s">
         <v>3</v>
       </c>
-      <c r="D7" t="s">
+      <c r="D8" s="53" t="s">
+        <v>75</v>
+      </c>
+      <c r="E8" s="55"/>
+      <c r="F8" s="55"/>
+      <c r="G8" s="53" t="s">
+        <v>80</v>
+      </c>
+      <c r="I8" s="53"/>
+      <c r="J8" s="55"/>
+      <c r="K8" s="55"/>
+      <c r="L8" s="55"/>
+      <c r="M8" s="55"/>
+      <c r="O8" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="P8" s="53" t="s">
+        <v>76</v>
+      </c>
+      <c r="Q8" s="55"/>
+      <c r="R8" s="55"/>
+      <c r="S8" s="55"/>
+      <c r="T8" s="53" t="s">
+        <v>81</v>
+      </c>
+      <c r="U8" s="32"/>
+      <c r="V8" s="53"/>
+      <c r="W8" s="55"/>
+      <c r="X8" s="55"/>
+      <c r="AA8" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="AB8" s="53" t="s">
+        <v>77</v>
+      </c>
+      <c r="AC8" s="55"/>
+      <c r="AE8" s="53" t="s">
+        <v>82</v>
+      </c>
+      <c r="AF8" s="55"/>
+      <c r="AG8" s="55"/>
+      <c r="AH8" s="55"/>
+      <c r="AJ8" s="56"/>
+      <c r="AL8" s="32"/>
+      <c r="AM8" s="53"/>
+      <c r="AN8" s="55"/>
+      <c r="AO8" s="55"/>
+      <c r="AP8" s="52"/>
+      <c r="AQ8" s="53"/>
+      <c r="AS8" s="53"/>
+      <c r="AT8" s="55"/>
+      <c r="AU8" s="55"/>
+      <c r="AV8" s="55"/>
+      <c r="AW8" s="55"/>
+    </row>
+    <row r="9" spans="2:49" ht="6.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="B9" s="64"/>
+      <c r="C9" s="57"/>
+      <c r="D9" s="57"/>
+      <c r="E9" s="18"/>
+      <c r="F9" s="18"/>
+      <c r="G9" s="18"/>
+      <c r="H9" s="18"/>
+      <c r="I9" s="18"/>
+      <c r="J9" s="18"/>
+      <c r="K9" s="18"/>
+      <c r="L9" s="18"/>
+      <c r="M9" s="18"/>
+      <c r="N9" s="18"/>
+      <c r="O9" s="18"/>
+      <c r="P9" s="18"/>
+      <c r="Q9" s="18"/>
+      <c r="R9" s="57"/>
+      <c r="S9" s="44"/>
+      <c r="T9" s="58"/>
+      <c r="U9" s="57"/>
+      <c r="V9" s="57"/>
+      <c r="W9" s="57"/>
+      <c r="X9" s="58"/>
+      <c r="Y9" s="44"/>
+      <c r="Z9" s="58"/>
+      <c r="AA9" s="57"/>
+      <c r="AB9" s="57"/>
+      <c r="AC9" s="57"/>
+      <c r="AD9" s="57"/>
+      <c r="AE9" s="57"/>
+      <c r="AF9" s="57"/>
+      <c r="AG9" s="57"/>
+      <c r="AH9" s="57"/>
+      <c r="AI9" s="57"/>
+      <c r="AJ9" s="59"/>
+    </row>
+    <row r="10" spans="2:49" ht="9.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="B10" s="52"/>
+      <c r="C10" s="52"/>
+      <c r="D10" s="52"/>
+      <c r="E10" s="52"/>
+      <c r="F10" s="52"/>
+      <c r="G10" s="52"/>
+      <c r="H10" s="52"/>
+      <c r="I10" s="52"/>
+      <c r="J10" s="52"/>
+      <c r="K10" s="52"/>
+      <c r="L10" s="52"/>
+      <c r="M10" s="52"/>
+      <c r="N10" s="52"/>
+      <c r="O10" s="52"/>
+      <c r="P10" s="52"/>
+      <c r="Q10" s="52"/>
+      <c r="R10" s="52"/>
+      <c r="S10" s="52"/>
+      <c r="T10" s="52"/>
+      <c r="U10" s="52"/>
+      <c r="V10" s="52"/>
+      <c r="W10" s="52"/>
+      <c r="X10" s="52"/>
+      <c r="Y10" s="52"/>
+      <c r="Z10" s="52"/>
+      <c r="AA10" s="52"/>
+      <c r="AB10" s="52"/>
+      <c r="AC10" s="52"/>
+      <c r="AD10" s="52"/>
+      <c r="AE10" s="52"/>
+      <c r="AF10" s="52"/>
+      <c r="AG10" s="52"/>
+      <c r="AH10" s="52"/>
+      <c r="AI10" s="52"/>
+    </row>
+    <row r="11" spans="2:49" x14ac:dyDescent="0.45">
+      <c r="B11" s="71" t="s">
+        <v>1</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
+      <c r="J11" s="2"/>
+      <c r="K11" s="2"/>
+      <c r="L11" s="2"/>
+      <c r="M11" s="2"/>
+      <c r="N11" s="2"/>
+      <c r="O11" s="2"/>
+      <c r="P11" s="2"/>
+      <c r="Q11" s="2"/>
+      <c r="R11" s="2"/>
+      <c r="S11" s="2"/>
+      <c r="T11" s="2"/>
+      <c r="U11" s="2"/>
+      <c r="V11" s="2"/>
+      <c r="W11" s="2"/>
+      <c r="X11" s="2"/>
+      <c r="Y11" s="2"/>
+      <c r="Z11" s="2"/>
+      <c r="AA11" s="2"/>
+      <c r="AB11" s="2"/>
+      <c r="AC11" s="2"/>
+      <c r="AD11" s="2"/>
+      <c r="AE11" s="2"/>
+      <c r="AF11" s="2"/>
+      <c r="AG11" s="2"/>
+      <c r="AH11" s="2"/>
+      <c r="AI11" s="2"/>
+      <c r="AJ11" s="3"/>
+      <c r="AL11" s="32"/>
+      <c r="AN11" s="32"/>
+      <c r="AR11" s="32"/>
+      <c r="AU11" s="32"/>
+    </row>
+    <row r="12" spans="2:49" x14ac:dyDescent="0.45">
+      <c r="B12" s="72"/>
+      <c r="C12" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="D12" t="s">
         <v>4</v>
       </c>
-      <c r="I7" s="33"/>
-      <c r="P7" s="33" t="s">
+      <c r="I12" s="32"/>
+      <c r="T12" s="32" t="s">
         <v>3</v>
       </c>
-      <c r="Q7" t="s">
+      <c r="U12" t="s">
         <v>5</v>
       </c>
-      <c r="Y7" s="33"/>
-[...14 lines deleted...]
-      <c r="C9" s="4" t="s">
+      <c r="AC12" s="32"/>
+      <c r="AF12" s="32"/>
+      <c r="AJ12" s="5"/>
+      <c r="AL12" s="32"/>
+      <c r="AN12" s="32"/>
+      <c r="AR12" s="32"/>
+      <c r="AU12" s="32"/>
+    </row>
+    <row r="13" spans="2:49" x14ac:dyDescent="0.45">
+      <c r="B13" s="72"/>
+      <c r="C13" s="4"/>
+      <c r="AJ13" s="5"/>
+    </row>
+    <row r="14" spans="2:49" x14ac:dyDescent="0.45">
+      <c r="B14" s="72"/>
+      <c r="C14" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="AJ9" s="5"/>
-[...3 lines deleted...]
-      <c r="C10" s="34" t="s">
+      <c r="AJ14" s="5"/>
+    </row>
+    <row r="15" spans="2:49" x14ac:dyDescent="0.45">
+      <c r="B15" s="72"/>
+      <c r="C15" s="33" t="s">
         <v>3</v>
       </c>
-      <c r="D10" t="s">
+      <c r="D15" t="s">
         <v>7</v>
       </c>
-      <c r="I10" s="33"/>
-      <c r="P10" s="33" t="s">
+      <c r="I15" s="32"/>
+      <c r="N15" t="s">
+        <v>91</v>
+      </c>
+      <c r="O15" s="32" t="s">
         <v>3</v>
       </c>
-      <c r="Q10" t="s">
+      <c r="P15" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q15" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="R15" t="s">
+        <v>90</v>
+      </c>
+      <c r="S15" s="32" t="s">
+        <v>92</v>
+      </c>
+      <c r="T15" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="U15" t="s">
         <v>8</v>
       </c>
-      <c r="AJ10" s="5"/>
-[...3 lines deleted...]
-      <c r="C11" s="34" t="s">
+      <c r="AE15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AF15" s="32" t="s">
         <v>3</v>
       </c>
-      <c r="D11" t="s">
+      <c r="AG15" t="s">
+        <v>89</v>
+      </c>
+      <c r="AH15" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="AI15" t="s">
+        <v>90</v>
+      </c>
+      <c r="AJ15" s="65" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="16" spans="2:49" x14ac:dyDescent="0.45">
+      <c r="B16" s="72"/>
+      <c r="C16" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="D16" t="s">
         <v>9</v>
       </c>
-      <c r="I11" s="33"/>
-      <c r="P11" s="33" t="s">
+      <c r="I16" s="32"/>
+      <c r="T16" s="32" t="s">
         <v>3</v>
       </c>
-      <c r="Q11" t="s">
+      <c r="U16" t="s">
         <v>10</v>
       </c>
-      <c r="AC11" s="33"/>
-[...10 lines deleted...]
-      <c r="C12" s="34" t="s">
+      <c r="AJ16" s="5"/>
+    </row>
+    <row r="17" spans="2:47" x14ac:dyDescent="0.45">
+      <c r="B17" s="72"/>
+      <c r="C17" s="33" t="s">
         <v>3</v>
       </c>
-      <c r="D12" t="s">
+      <c r="D17" t="s">
+        <v>94</v>
+      </c>
+      <c r="L17" s="32"/>
+      <c r="T17" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="U17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AC17" s="32"/>
+      <c r="AI17" s="32"/>
+      <c r="AJ17" s="5"/>
+      <c r="AL17" s="32"/>
+    </row>
+    <row r="18" spans="2:47" x14ac:dyDescent="0.45">
+      <c r="B18" s="72"/>
+      <c r="C18" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="D18" t="s">
+        <v>96</v>
+      </c>
+      <c r="L18" s="32"/>
+      <c r="T18" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="U18" t="s">
+        <v>97</v>
+      </c>
+      <c r="AB18" s="32"/>
+      <c r="AE18" s="32"/>
+      <c r="AG18" s="32"/>
+      <c r="AH18" s="32"/>
+      <c r="AI18" s="32"/>
+      <c r="AJ18" s="5"/>
+      <c r="AL18" s="32"/>
+    </row>
+    <row r="19" spans="2:47" x14ac:dyDescent="0.45">
+      <c r="B19" s="72"/>
+      <c r="C19" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="D19" t="s">
+        <v>98</v>
+      </c>
+      <c r="L19" s="32"/>
+      <c r="T19" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="U19" t="s">
+        <v>99</v>
+      </c>
+      <c r="AB19" s="32"/>
+      <c r="AE19" s="32"/>
+      <c r="AG19" s="32"/>
+      <c r="AH19" s="32"/>
+      <c r="AI19" s="32"/>
+      <c r="AJ19" s="5"/>
+      <c r="AL19" s="32"/>
+    </row>
+    <row r="20" spans="2:47" ht="7.2" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B20" s="72"/>
+      <c r="C20" s="32"/>
+      <c r="L20" s="32"/>
+      <c r="X20" s="32"/>
+      <c r="AA20" s="32"/>
+      <c r="AC20" s="32"/>
+      <c r="AD20" s="32"/>
+      <c r="AE20" s="32"/>
+      <c r="AF20" s="32"/>
+      <c r="AG20" s="32"/>
+      <c r="AH20" s="32"/>
+      <c r="AI20" s="32"/>
+      <c r="AJ20" s="5"/>
+      <c r="AT20" s="32"/>
+      <c r="AU20" s="32"/>
+    </row>
+    <row r="21" spans="2:47" x14ac:dyDescent="0.45">
+      <c r="B21" s="72"/>
+      <c r="C21" s="33"/>
+      <c r="D21" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="E21" s="7"/>
+      <c r="F21" s="8"/>
+      <c r="G21" s="45"/>
+      <c r="H21" s="45"/>
+      <c r="I21" s="46"/>
+      <c r="J21" s="32"/>
+      <c r="K21" s="66" t="s">
         <v>11</v>
       </c>
-      <c r="L12" s="33"/>
-      <c r="P12" s="33" t="s">
+      <c r="L21" s="66"/>
+      <c r="M21" s="66"/>
+      <c r="N21" s="66"/>
+      <c r="U21" s="69"/>
+      <c r="V21" s="69"/>
+      <c r="W21" s="66" t="s">
+        <v>12</v>
+      </c>
+      <c r="X21" s="69"/>
+      <c r="Y21" s="69"/>
+      <c r="Z21" s="66" t="s">
+        <v>13</v>
+      </c>
+      <c r="AA21" s="66"/>
+      <c r="AB21" s="32"/>
+      <c r="AC21" s="32"/>
+      <c r="AD21" s="32"/>
+      <c r="AE21" s="32"/>
+      <c r="AF21" s="32"/>
+      <c r="AG21" s="32"/>
+      <c r="AH21" s="32"/>
+      <c r="AI21" s="32"/>
+      <c r="AJ21" s="5"/>
+    </row>
+    <row r="22" spans="2:47" x14ac:dyDescent="0.45">
+      <c r="B22" s="72"/>
+      <c r="C22" s="33"/>
+      <c r="D22" s="9" t="s">
+        <v>101</v>
+      </c>
+      <c r="E22" s="10"/>
+      <c r="F22" s="11"/>
+      <c r="G22" s="47"/>
+      <c r="H22" s="47"/>
+      <c r="I22" s="48"/>
+      <c r="J22" s="32"/>
+      <c r="K22" s="66" t="s">
+        <v>14</v>
+      </c>
+      <c r="L22" s="66"/>
+      <c r="M22" s="66"/>
+      <c r="N22" s="66"/>
+      <c r="U22" s="69"/>
+      <c r="V22" s="69"/>
+      <c r="W22" s="66" t="s">
+        <v>12</v>
+      </c>
+      <c r="X22" s="69"/>
+      <c r="Y22" s="69"/>
+      <c r="Z22" s="66" t="s">
+        <v>13</v>
+      </c>
+      <c r="AA22" s="66"/>
+      <c r="AJ22" s="5"/>
+      <c r="AL22" s="32"/>
+      <c r="AM22" s="32"/>
+      <c r="AN22" s="32"/>
+      <c r="AO22" s="32"/>
+      <c r="AP22" s="32"/>
+    </row>
+    <row r="23" spans="2:47" ht="6.6" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B23" s="72"/>
+      <c r="C23" s="33"/>
+      <c r="D23" s="32"/>
+      <c r="E23" s="32"/>
+      <c r="F23" s="32"/>
+      <c r="G23" s="32"/>
+      <c r="H23" s="32"/>
+      <c r="I23" s="32"/>
+      <c r="J23" s="32"/>
+      <c r="K23" s="32"/>
+      <c r="L23" s="32"/>
+      <c r="M23" s="32"/>
+      <c r="N23" s="32"/>
+      <c r="AJ23" s="5"/>
+      <c r="AL23" s="32"/>
+      <c r="AM23" s="32"/>
+      <c r="AN23" s="32"/>
+      <c r="AO23" s="32"/>
+      <c r="AP23" s="32"/>
+    </row>
+    <row r="24" spans="2:47" ht="11.4" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B24" s="73"/>
+      <c r="C24" s="34"/>
+      <c r="D24" s="25"/>
+      <c r="E24" s="25"/>
+      <c r="F24" s="25"/>
+      <c r="G24" s="25"/>
+      <c r="H24" s="25"/>
+      <c r="I24" s="25"/>
+      <c r="J24" s="25"/>
+      <c r="K24" s="25"/>
+      <c r="L24" s="25"/>
+      <c r="M24" s="25"/>
+      <c r="N24" s="25"/>
+      <c r="O24" s="25"/>
+      <c r="P24" s="25"/>
+      <c r="Q24" s="25"/>
+      <c r="R24" s="25"/>
+      <c r="S24" s="25"/>
+      <c r="T24" s="25"/>
+      <c r="U24" s="25"/>
+      <c r="V24" s="25"/>
+      <c r="W24" s="25"/>
+      <c r="X24" s="25"/>
+      <c r="Y24" s="25"/>
+      <c r="Z24" s="25"/>
+      <c r="AA24" s="25"/>
+      <c r="AB24" s="25"/>
+      <c r="AC24" s="25"/>
+      <c r="AD24" s="25"/>
+      <c r="AE24" s="25"/>
+      <c r="AF24" s="25"/>
+      <c r="AG24" s="25"/>
+      <c r="AH24" s="25"/>
+      <c r="AI24" s="25"/>
+      <c r="AJ24" s="35"/>
+      <c r="AK24" s="36"/>
+      <c r="AL24" s="32"/>
+      <c r="AM24" s="32"/>
+      <c r="AN24" s="32"/>
+      <c r="AO24" s="32"/>
+      <c r="AP24" s="32"/>
+    </row>
+    <row r="25" spans="2:47" ht="29.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="B25" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="C25" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="D25" s="89"/>
+      <c r="E25" s="89"/>
+      <c r="F25" s="30" t="s">
+        <v>17</v>
+      </c>
+      <c r="G25" s="74"/>
+      <c r="H25" s="74"/>
+      <c r="I25" s="74"/>
+      <c r="J25" s="30" t="s">
+        <v>12</v>
+      </c>
+      <c r="K25" s="74"/>
+      <c r="L25" s="74"/>
+      <c r="M25" s="74"/>
+      <c r="N25" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="O25" s="74"/>
+      <c r="P25" s="74"/>
+      <c r="Q25" s="74"/>
+      <c r="R25" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="S25" s="15" t="s">
+        <v>58</v>
+      </c>
+      <c r="T25" s="74"/>
+      <c r="U25" s="74"/>
+      <c r="V25" s="74"/>
+      <c r="W25" s="30" t="s">
+        <v>12</v>
+      </c>
+      <c r="X25" s="74"/>
+      <c r="Y25" s="74"/>
+      <c r="Z25" s="74"/>
+      <c r="AA25" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="AB25" s="74"/>
+      <c r="AC25" s="74"/>
+      <c r="AD25" s="74"/>
+      <c r="AE25" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="AF25" s="74"/>
+      <c r="AG25" s="74"/>
+      <c r="AH25" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="AI25" s="15"/>
+      <c r="AJ25" s="16"/>
+      <c r="AL25" s="32"/>
+      <c r="AM25" s="37"/>
+      <c r="AN25" s="75"/>
+      <c r="AO25" s="75"/>
+      <c r="AP25" s="75"/>
+    </row>
+    <row r="26" spans="2:47" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="AL26" s="32"/>
+      <c r="AM26" s="39"/>
+      <c r="AN26" s="75"/>
+      <c r="AO26" s="75"/>
+      <c r="AP26" s="75"/>
+    </row>
+    <row r="27" spans="2:47" ht="8.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="AL27" s="32"/>
+      <c r="AM27" s="39"/>
+      <c r="AN27" s="38"/>
+      <c r="AO27" s="38"/>
+      <c r="AP27" s="38"/>
+    </row>
+    <row r="28" spans="2:47" ht="18" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B28" s="76" t="s">
+        <v>21</v>
+      </c>
+      <c r="C28" s="61" t="s">
+        <v>86</v>
+      </c>
+      <c r="D28" s="62"/>
+      <c r="E28" s="62"/>
+      <c r="F28" s="62"/>
+      <c r="G28" s="62"/>
+      <c r="H28" s="62"/>
+      <c r="I28" s="62"/>
+      <c r="J28" s="62"/>
+      <c r="K28" s="62"/>
+      <c r="L28" s="62"/>
+      <c r="M28" s="62"/>
+      <c r="N28" s="62"/>
+      <c r="O28" s="62"/>
+      <c r="P28" s="62"/>
+      <c r="Q28" s="62"/>
+      <c r="R28" s="62"/>
+      <c r="S28" s="62"/>
+      <c r="T28" s="62"/>
+      <c r="U28" s="62"/>
+      <c r="V28" s="62"/>
+      <c r="W28" s="62"/>
+      <c r="X28" s="62"/>
+      <c r="Y28" s="62"/>
+      <c r="Z28" s="62"/>
+      <c r="AA28" s="62"/>
+      <c r="AB28" s="62"/>
+      <c r="AC28" s="62"/>
+      <c r="AD28" s="62"/>
+      <c r="AE28" s="62"/>
+      <c r="AF28" s="62"/>
+      <c r="AG28" s="62"/>
+      <c r="AH28" s="62"/>
+      <c r="AI28" s="62"/>
+      <c r="AJ28" s="63"/>
+      <c r="AL28" s="32"/>
+      <c r="AM28" s="39"/>
+      <c r="AN28" s="38"/>
+      <c r="AO28" s="38"/>
+      <c r="AP28" s="38"/>
+    </row>
+    <row r="29" spans="2:47" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B29" s="77"/>
+      <c r="C29" s="79" t="s">
+        <v>22</v>
+      </c>
+      <c r="D29" s="80"/>
+      <c r="E29" s="81"/>
+      <c r="F29" s="82"/>
+      <c r="G29" s="82"/>
+      <c r="H29" s="82"/>
+      <c r="I29" s="82"/>
+      <c r="J29" s="82"/>
+      <c r="K29" s="82"/>
+      <c r="L29" s="82"/>
+      <c r="M29" s="82"/>
+      <c r="N29" s="82"/>
+      <c r="O29" s="82"/>
+      <c r="P29" s="82"/>
+      <c r="Q29" s="82"/>
+      <c r="R29" s="82"/>
+      <c r="S29" s="82"/>
+      <c r="T29" s="83" t="s">
+        <v>23</v>
+      </c>
+      <c r="U29" s="84"/>
+      <c r="V29" s="84"/>
+      <c r="W29" s="84"/>
+      <c r="X29" s="85"/>
+      <c r="Y29" s="81"/>
+      <c r="Z29" s="82"/>
+      <c r="AA29" s="82"/>
+      <c r="AB29" s="82"/>
+      <c r="AC29" s="82"/>
+      <c r="AD29" s="82"/>
+      <c r="AE29" s="82"/>
+      <c r="AF29" s="82"/>
+      <c r="AG29" s="82"/>
+      <c r="AH29" s="82"/>
+      <c r="AI29" s="82"/>
+      <c r="AJ29" s="86"/>
+    </row>
+    <row r="30" spans="2:47" x14ac:dyDescent="0.45">
+      <c r="B30" s="77"/>
+      <c r="C30" s="87" t="s">
+        <v>24</v>
+      </c>
+      <c r="D30" s="88"/>
+      <c r="E30" s="90"/>
+      <c r="F30" s="91"/>
+      <c r="G30" s="91"/>
+      <c r="H30" s="91"/>
+      <c r="I30" s="91"/>
+      <c r="J30" s="91"/>
+      <c r="K30" s="91"/>
+      <c r="L30" s="91"/>
+      <c r="M30" s="91"/>
+      <c r="N30" s="91"/>
+      <c r="O30" s="91"/>
+      <c r="P30" s="91"/>
+      <c r="Q30" s="91"/>
+      <c r="R30" s="91"/>
+      <c r="S30" s="92"/>
+      <c r="T30" s="94" t="s">
+        <v>25</v>
+      </c>
+      <c r="U30" s="95"/>
+      <c r="V30" s="95"/>
+      <c r="W30" s="95"/>
+      <c r="X30" s="96"/>
+      <c r="Y30" s="97"/>
+      <c r="Z30" s="98"/>
+      <c r="AA30" s="98"/>
+      <c r="AB30" s="98"/>
+      <c r="AC30" s="98"/>
+      <c r="AD30" s="98"/>
+      <c r="AE30" s="98"/>
+      <c r="AF30" s="98"/>
+      <c r="AG30" s="98"/>
+      <c r="AH30" s="98"/>
+      <c r="AI30" s="98"/>
+      <c r="AJ30" s="99"/>
+      <c r="AL30" s="32"/>
+      <c r="AM30" s="32"/>
+      <c r="AN30" s="32"/>
+    </row>
+    <row r="31" spans="2:47" x14ac:dyDescent="0.45">
+      <c r="B31" s="77"/>
+      <c r="C31" s="87"/>
+      <c r="D31" s="88"/>
+      <c r="E31" s="81"/>
+      <c r="F31" s="82"/>
+      <c r="G31" s="82"/>
+      <c r="H31" s="82"/>
+      <c r="I31" s="82"/>
+      <c r="J31" s="82"/>
+      <c r="K31" s="82"/>
+      <c r="L31" s="82"/>
+      <c r="M31" s="82"/>
+      <c r="N31" s="82"/>
+      <c r="O31" s="82"/>
+      <c r="P31" s="82"/>
+      <c r="Q31" s="82"/>
+      <c r="R31" s="82"/>
+      <c r="S31" s="93"/>
+      <c r="T31" s="100"/>
+      <c r="U31" s="101"/>
+      <c r="V31" s="101"/>
+      <c r="W31" s="101"/>
+      <c r="X31" s="101"/>
+      <c r="Y31" s="101"/>
+      <c r="Z31" s="101"/>
+      <c r="AA31" s="101"/>
+      <c r="AB31" s="101"/>
+      <c r="AC31" s="101"/>
+      <c r="AD31" s="101"/>
+      <c r="AE31" s="101"/>
+      <c r="AF31" s="101"/>
+      <c r="AG31" s="101"/>
+      <c r="AH31" s="101"/>
+      <c r="AI31" s="101"/>
+      <c r="AJ31" s="102"/>
+      <c r="AL31" s="32"/>
+      <c r="AM31" s="32"/>
+      <c r="AN31" s="32"/>
+    </row>
+    <row r="32" spans="2:47" x14ac:dyDescent="0.45">
+      <c r="B32" s="77"/>
+      <c r="C32" s="106" t="s">
+        <v>26</v>
+      </c>
+      <c r="D32" s="87"/>
+      <c r="E32" s="81"/>
+      <c r="F32" s="82"/>
+      <c r="G32" s="82"/>
+      <c r="H32" s="82"/>
+      <c r="I32" s="82"/>
+      <c r="J32" s="82"/>
+      <c r="K32" s="82"/>
+      <c r="L32" s="82"/>
+      <c r="M32" s="82"/>
+      <c r="N32" s="82"/>
+      <c r="O32" s="82"/>
+      <c r="P32" s="82"/>
+      <c r="Q32" s="82"/>
+      <c r="R32" s="82"/>
+      <c r="S32" s="82"/>
+      <c r="T32" s="103"/>
+      <c r="U32" s="104"/>
+      <c r="V32" s="104"/>
+      <c r="W32" s="104"/>
+      <c r="X32" s="104"/>
+      <c r="Y32" s="104"/>
+      <c r="Z32" s="104"/>
+      <c r="AA32" s="104"/>
+      <c r="AB32" s="104"/>
+      <c r="AC32" s="104"/>
+      <c r="AD32" s="104"/>
+      <c r="AE32" s="104"/>
+      <c r="AF32" s="104"/>
+      <c r="AG32" s="104"/>
+      <c r="AH32" s="104"/>
+      <c r="AI32" s="104"/>
+      <c r="AJ32" s="105"/>
+      <c r="AM32" s="38"/>
+      <c r="AN32" s="38"/>
+    </row>
+    <row r="33" spans="2:40" x14ac:dyDescent="0.45">
+      <c r="B33" s="77"/>
+      <c r="C33" s="107" t="s">
+        <v>22</v>
+      </c>
+      <c r="D33" s="108"/>
+      <c r="E33" s="97"/>
+      <c r="F33" s="98"/>
+      <c r="G33" s="98"/>
+      <c r="H33" s="98"/>
+      <c r="I33" s="98"/>
+      <c r="J33" s="98"/>
+      <c r="K33" s="98"/>
+      <c r="L33" s="98"/>
+      <c r="M33" s="98"/>
+      <c r="N33" s="98"/>
+      <c r="O33" s="98"/>
+      <c r="P33" s="98"/>
+      <c r="Q33" s="98"/>
+      <c r="R33" s="98"/>
+      <c r="S33" s="98"/>
+      <c r="T33" s="98"/>
+      <c r="U33" s="98"/>
+      <c r="V33" s="98"/>
+      <c r="W33" s="98"/>
+      <c r="X33" s="98"/>
+      <c r="Y33" s="98"/>
+      <c r="Z33" s="98"/>
+      <c r="AA33" s="98"/>
+      <c r="AB33" s="98"/>
+      <c r="AC33" s="98"/>
+      <c r="AD33" s="98"/>
+      <c r="AE33" s="98"/>
+      <c r="AF33" s="98"/>
+      <c r="AG33" s="98"/>
+      <c r="AH33" s="98"/>
+      <c r="AI33" s="98"/>
+      <c r="AJ33" s="99"/>
+      <c r="AM33" s="38"/>
+      <c r="AN33" s="38"/>
+    </row>
+    <row r="34" spans="2:40" x14ac:dyDescent="0.45">
+      <c r="B34" s="77"/>
+      <c r="C34" s="87" t="s">
+        <v>27</v>
+      </c>
+      <c r="D34" s="88"/>
+      <c r="E34" s="90"/>
+      <c r="F34" s="91"/>
+      <c r="G34" s="91"/>
+      <c r="H34" s="91"/>
+      <c r="I34" s="91"/>
+      <c r="J34" s="91"/>
+      <c r="K34" s="91"/>
+      <c r="L34" s="91"/>
+      <c r="M34" s="91"/>
+      <c r="N34" s="91"/>
+      <c r="O34" s="91"/>
+      <c r="P34" s="91"/>
+      <c r="Q34" s="91"/>
+      <c r="R34" s="91"/>
+      <c r="S34" s="91"/>
+      <c r="T34" s="91"/>
+      <c r="U34" s="91"/>
+      <c r="V34" s="91"/>
+      <c r="W34" s="91"/>
+      <c r="X34" s="91"/>
+      <c r="Y34" s="91"/>
+      <c r="Z34" s="91"/>
+      <c r="AA34" s="91"/>
+      <c r="AB34" s="91"/>
+      <c r="AC34" s="91"/>
+      <c r="AD34" s="91"/>
+      <c r="AE34" s="91"/>
+      <c r="AF34" s="91"/>
+      <c r="AG34" s="91"/>
+      <c r="AH34" s="91"/>
+      <c r="AI34" s="91"/>
+      <c r="AJ34" s="109"/>
+    </row>
+    <row r="35" spans="2:40" x14ac:dyDescent="0.45">
+      <c r="B35" s="77"/>
+      <c r="C35" s="87"/>
+      <c r="D35" s="88"/>
+      <c r="E35" s="81"/>
+      <c r="F35" s="82"/>
+      <c r="G35" s="82"/>
+      <c r="H35" s="82"/>
+      <c r="I35" s="82"/>
+      <c r="J35" s="82"/>
+      <c r="K35" s="82"/>
+      <c r="L35" s="82"/>
+      <c r="M35" s="82"/>
+      <c r="N35" s="82"/>
+      <c r="O35" s="82"/>
+      <c r="P35" s="82"/>
+      <c r="Q35" s="82"/>
+      <c r="R35" s="82"/>
+      <c r="S35" s="82"/>
+      <c r="T35" s="82"/>
+      <c r="U35" s="82"/>
+      <c r="V35" s="82"/>
+      <c r="W35" s="82"/>
+      <c r="X35" s="82"/>
+      <c r="Y35" s="82"/>
+      <c r="Z35" s="82"/>
+      <c r="AA35" s="82"/>
+      <c r="AB35" s="82"/>
+      <c r="AC35" s="82"/>
+      <c r="AD35" s="82"/>
+      <c r="AE35" s="82"/>
+      <c r="AF35" s="82"/>
+      <c r="AG35" s="82"/>
+      <c r="AH35" s="82"/>
+      <c r="AI35" s="82"/>
+      <c r="AJ35" s="86"/>
+    </row>
+    <row r="36" spans="2:40" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B36" s="77"/>
+      <c r="C36" s="110" t="s">
+        <v>22</v>
+      </c>
+      <c r="D36" s="111"/>
+      <c r="E36" s="112"/>
+      <c r="F36" s="113"/>
+      <c r="G36" s="113"/>
+      <c r="H36" s="113"/>
+      <c r="I36" s="113"/>
+      <c r="J36" s="113"/>
+      <c r="K36" s="113"/>
+      <c r="L36" s="113"/>
+      <c r="M36" s="113"/>
+      <c r="N36" s="113"/>
+      <c r="O36" s="113"/>
+      <c r="P36" s="113"/>
+      <c r="Q36" s="113"/>
+      <c r="R36" s="113"/>
+      <c r="S36" s="114"/>
+      <c r="T36" s="115" t="s">
+        <v>62</v>
+      </c>
+      <c r="U36" s="116"/>
+      <c r="V36" s="116"/>
+      <c r="W36" s="116"/>
+      <c r="X36" s="117"/>
+      <c r="Y36" s="115"/>
+      <c r="Z36" s="116"/>
+      <c r="AA36" s="116"/>
+      <c r="AB36" s="116"/>
+      <c r="AC36" s="116"/>
+      <c r="AD36" s="116"/>
+      <c r="AE36" s="116"/>
+      <c r="AF36" s="116"/>
+      <c r="AG36" s="116"/>
+      <c r="AH36" s="116"/>
+      <c r="AI36" s="116"/>
+      <c r="AJ36" s="124"/>
+    </row>
+    <row r="37" spans="2:40" x14ac:dyDescent="0.45">
+      <c r="B37" s="77"/>
+      <c r="C37" s="127" t="s">
+        <v>61</v>
+      </c>
+      <c r="D37" s="128"/>
+      <c r="E37" s="90"/>
+      <c r="F37" s="91"/>
+      <c r="G37" s="91"/>
+      <c r="H37" s="91"/>
+      <c r="I37" s="91"/>
+      <c r="J37" s="91"/>
+      <c r="K37" s="91"/>
+      <c r="L37" s="91"/>
+      <c r="M37" s="91"/>
+      <c r="N37" s="91"/>
+      <c r="O37" s="91"/>
+      <c r="P37" s="91"/>
+      <c r="Q37" s="91"/>
+      <c r="R37" s="91"/>
+      <c r="S37" s="92"/>
+      <c r="T37" s="118"/>
+      <c r="U37" s="119"/>
+      <c r="V37" s="119"/>
+      <c r="W37" s="119"/>
+      <c r="X37" s="120"/>
+      <c r="Y37" s="118"/>
+      <c r="Z37" s="119"/>
+      <c r="AA37" s="119"/>
+      <c r="AB37" s="119"/>
+      <c r="AC37" s="119"/>
+      <c r="AD37" s="119"/>
+      <c r="AE37" s="119"/>
+      <c r="AF37" s="119"/>
+      <c r="AG37" s="119"/>
+      <c r="AH37" s="119"/>
+      <c r="AI37" s="119"/>
+      <c r="AJ37" s="125"/>
+    </row>
+    <row r="38" spans="2:40" x14ac:dyDescent="0.45">
+      <c r="B38" s="77"/>
+      <c r="C38" s="127"/>
+      <c r="D38" s="128"/>
+      <c r="E38" s="81"/>
+      <c r="F38" s="82"/>
+      <c r="G38" s="82"/>
+      <c r="H38" s="82"/>
+      <c r="I38" s="82"/>
+      <c r="J38" s="82"/>
+      <c r="K38" s="82"/>
+      <c r="L38" s="82"/>
+      <c r="M38" s="82"/>
+      <c r="N38" s="82"/>
+      <c r="O38" s="82"/>
+      <c r="P38" s="82"/>
+      <c r="Q38" s="82"/>
+      <c r="R38" s="82"/>
+      <c r="S38" s="93"/>
+      <c r="T38" s="121"/>
+      <c r="U38" s="122"/>
+      <c r="V38" s="122"/>
+      <c r="W38" s="122"/>
+      <c r="X38" s="123"/>
+      <c r="Y38" s="121"/>
+      <c r="Z38" s="122"/>
+      <c r="AA38" s="122"/>
+      <c r="AB38" s="122"/>
+      <c r="AC38" s="122"/>
+      <c r="AD38" s="122"/>
+      <c r="AE38" s="122"/>
+      <c r="AF38" s="122"/>
+      <c r="AG38" s="122"/>
+      <c r="AH38" s="122"/>
+      <c r="AI38" s="122"/>
+      <c r="AJ38" s="126"/>
+    </row>
+    <row r="39" spans="2:40" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B39" s="77"/>
+      <c r="C39" s="129" t="s">
+        <v>88</v>
+      </c>
+      <c r="D39" s="129"/>
+      <c r="E39" s="129"/>
+      <c r="F39" s="129"/>
+      <c r="G39" s="129"/>
+      <c r="H39" s="129"/>
+      <c r="I39" s="129"/>
+      <c r="J39" s="129"/>
+      <c r="K39" s="129"/>
+      <c r="L39" s="129"/>
+      <c r="M39" s="129"/>
+      <c r="N39" s="129"/>
+      <c r="O39" s="129"/>
+      <c r="P39" s="129"/>
+      <c r="Q39" s="129"/>
+      <c r="R39" s="129"/>
+      <c r="S39" s="129"/>
+      <c r="T39" s="112"/>
+      <c r="U39" s="113"/>
+      <c r="V39" s="113"/>
+      <c r="W39" s="113"/>
+      <c r="X39" s="113"/>
+      <c r="Y39" s="113"/>
+      <c r="Z39" s="113"/>
+      <c r="AA39" s="113"/>
+      <c r="AB39" s="113"/>
+      <c r="AC39" s="113"/>
+      <c r="AD39" s="113"/>
+      <c r="AE39" s="113"/>
+      <c r="AF39" s="113"/>
+      <c r="AG39" s="113"/>
+      <c r="AH39" s="113"/>
+      <c r="AI39" s="113"/>
+      <c r="AJ39" s="130"/>
+    </row>
+    <row r="40" spans="2:40" x14ac:dyDescent="0.45">
+      <c r="B40" s="77"/>
+      <c r="C40" s="131" t="s">
+        <v>28</v>
+      </c>
+      <c r="D40" s="132"/>
+      <c r="E40" s="137" t="s">
+        <v>22</v>
+      </c>
+      <c r="F40" s="107"/>
+      <c r="G40" s="107"/>
+      <c r="H40" s="97"/>
+      <c r="I40" s="98"/>
+      <c r="J40" s="98"/>
+      <c r="K40" s="98"/>
+      <c r="L40" s="98"/>
+      <c r="M40" s="98"/>
+      <c r="N40" s="98"/>
+      <c r="O40" s="98"/>
+      <c r="P40" s="98"/>
+      <c r="Q40" s="98"/>
+      <c r="R40" s="98"/>
+      <c r="S40" s="138"/>
+      <c r="T40" s="139" t="s">
+        <v>59</v>
+      </c>
+      <c r="U40" s="131"/>
+      <c r="V40" s="132"/>
+      <c r="W40" s="40"/>
+      <c r="X40" s="45" t="s">
         <v>3</v>
       </c>
-      <c r="Q12" t="s">
-[...2 lines deleted...]
-      <c r="X12" s="33" t="s">
+      <c r="Y40" s="41" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z40" s="41"/>
+      <c r="AA40" s="41"/>
+      <c r="AB40" s="41"/>
+      <c r="AC40" s="41"/>
+      <c r="AD40" s="45" t="s">
         <v>3</v>
       </c>
-      <c r="Y12" t="s">
-[...2 lines deleted...]
-      <c r="AA12" s="33" t="s">
+      <c r="AE40" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="AF40" s="41"/>
+      <c r="AG40" s="41"/>
+      <c r="AH40" s="41"/>
+      <c r="AI40" s="41"/>
+      <c r="AJ40" s="42"/>
+    </row>
+    <row r="41" spans="2:40" x14ac:dyDescent="0.45">
+      <c r="B41" s="77"/>
+      <c r="C41" s="133"/>
+      <c r="D41" s="134"/>
+      <c r="E41" s="139" t="s">
+        <v>31</v>
+      </c>
+      <c r="F41" s="131"/>
+      <c r="G41" s="132"/>
+      <c r="H41" s="69"/>
+      <c r="I41" s="69"/>
+      <c r="J41" s="69"/>
+      <c r="K41" s="69"/>
+      <c r="L41" s="69"/>
+      <c r="M41" s="69"/>
+      <c r="N41" s="69"/>
+      <c r="O41" s="69"/>
+      <c r="P41" s="69"/>
+      <c r="Q41" s="69"/>
+      <c r="R41" s="69"/>
+      <c r="S41" s="142"/>
+      <c r="T41" s="140"/>
+      <c r="U41" s="133"/>
+      <c r="V41" s="134"/>
+      <c r="W41" s="4"/>
+      <c r="X41" s="32" t="s">
         <v>3</v>
       </c>
-      <c r="AB12" t="s">
-[...13 lines deleted...]
-      <c r="C13" s="34" t="s">
+      <c r="Y41" t="s">
+        <v>32</v>
+      </c>
+      <c r="AD41" s="32" t="s">
         <v>3</v>
       </c>
-      <c r="D13" t="s">
-[...3 lines deleted...]
-      <c r="P13" s="33" t="s">
+      <c r="AE41" t="s">
+        <v>33</v>
+      </c>
+      <c r="AJ41" s="5"/>
+    </row>
+    <row r="42" spans="2:40" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="B42" s="78"/>
+      <c r="C42" s="135"/>
+      <c r="D42" s="136"/>
+      <c r="E42" s="141"/>
+      <c r="F42" s="135"/>
+      <c r="G42" s="136"/>
+      <c r="H42" s="143"/>
+      <c r="I42" s="143"/>
+      <c r="J42" s="143"/>
+      <c r="K42" s="143"/>
+      <c r="L42" s="143"/>
+      <c r="M42" s="143"/>
+      <c r="N42" s="143"/>
+      <c r="O42" s="143"/>
+      <c r="P42" s="143"/>
+      <c r="Q42" s="143"/>
+      <c r="R42" s="143"/>
+      <c r="S42" s="144"/>
+      <c r="T42" s="141"/>
+      <c r="U42" s="135"/>
+      <c r="V42" s="136"/>
+      <c r="W42" s="17"/>
+      <c r="X42" s="44" t="s">
         <v>3</v>
       </c>
-      <c r="Q13" t="s">
-[...2 lines deleted...]
-      <c r="X13" s="33" t="s">
+      <c r="Y42" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="Z42" s="18"/>
+      <c r="AA42" s="18"/>
+      <c r="AB42" s="18"/>
+      <c r="AC42" s="18"/>
+      <c r="AD42" s="44" t="s">
         <v>3</v>
       </c>
-      <c r="Y13" t="s">
-[...180 lines deleted...]
-      <c r="C19" s="15" t="s">
+      <c r="AE42" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="AF42" s="18"/>
+      <c r="AG42" s="18"/>
+      <c r="AH42" s="18"/>
+      <c r="AI42" s="18"/>
+      <c r="AJ42" s="19"/>
+    </row>
+    <row r="44" spans="2:40" x14ac:dyDescent="0.45">
+      <c r="B44" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="45" spans="2:40" ht="30" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B45" s="43" t="s">
+        <v>37</v>
+      </c>
+      <c r="C45" s="155"/>
+      <c r="D45" s="156"/>
+      <c r="E45" s="156"/>
+      <c r="F45" s="156"/>
+      <c r="G45" s="156"/>
+      <c r="H45" s="156"/>
+      <c r="I45" s="156"/>
+      <c r="J45" s="157"/>
+      <c r="K45" s="158" t="s">
+        <v>38</v>
+      </c>
+      <c r="L45" s="158"/>
+      <c r="M45" s="158"/>
+      <c r="N45" s="159"/>
+      <c r="O45" s="160"/>
+      <c r="P45" s="106"/>
+      <c r="Q45" s="106"/>
+      <c r="R45" s="106"/>
+      <c r="S45" s="106"/>
+      <c r="T45" s="106"/>
+      <c r="U45" s="106"/>
+      <c r="V45" s="87"/>
+      <c r="W45" s="139" t="s">
         <v>23</v>
       </c>
-      <c r="D19" s="53"/>
-[...22 lines deleted...]
-      <c r="S19" s="16" t="s">
+      <c r="X45" s="131"/>
+      <c r="Y45" s="132"/>
+      <c r="Z45" s="160"/>
+      <c r="AA45" s="106"/>
+      <c r="AB45" s="106"/>
+      <c r="AC45" s="106"/>
+      <c r="AD45" s="106"/>
+      <c r="AE45" s="106"/>
+      <c r="AF45" s="106"/>
+      <c r="AG45" s="106"/>
+      <c r="AH45" s="106"/>
+      <c r="AI45" s="106"/>
+      <c r="AJ45" s="87"/>
+    </row>
+    <row r="46" spans="2:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B46" s="145" t="s">
+        <v>60</v>
+      </c>
+      <c r="C46" s="146"/>
+      <c r="D46" s="147"/>
+      <c r="E46" s="147"/>
+      <c r="F46" s="147"/>
+      <c r="G46" s="147"/>
+      <c r="H46" s="147"/>
+      <c r="I46" s="147"/>
+      <c r="J46" s="148"/>
+      <c r="K46" s="147" t="s">
+        <v>38</v>
+      </c>
+      <c r="L46" s="147"/>
+      <c r="M46" s="147"/>
+      <c r="N46" s="148"/>
+      <c r="O46" s="139"/>
+      <c r="P46" s="131"/>
+      <c r="Q46" s="131"/>
+      <c r="R46" s="131"/>
+      <c r="S46" s="131"/>
+      <c r="T46" s="131"/>
+      <c r="U46" s="131"/>
+      <c r="V46" s="132"/>
+      <c r="W46" s="139"/>
+      <c r="X46" s="131"/>
+      <c r="Y46" s="131"/>
+      <c r="Z46" s="131"/>
+      <c r="AA46" s="131"/>
+      <c r="AB46" s="131"/>
+      <c r="AC46" s="131"/>
+      <c r="AD46" s="131"/>
+      <c r="AE46" s="131"/>
+      <c r="AF46" s="131"/>
+      <c r="AG46" s="131"/>
+      <c r="AH46" s="131"/>
+      <c r="AI46" s="131"/>
+      <c r="AJ46" s="132"/>
+    </row>
+    <row r="47" spans="2:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B47" s="145"/>
+      <c r="C47" s="149"/>
+      <c r="D47" s="150"/>
+      <c r="E47" s="150"/>
+      <c r="F47" s="150"/>
+      <c r="G47" s="150"/>
+      <c r="H47" s="150"/>
+      <c r="I47" s="150"/>
+      <c r="J47" s="151"/>
+      <c r="K47" s="150"/>
+      <c r="L47" s="150"/>
+      <c r="M47" s="150"/>
+      <c r="N47" s="151"/>
+      <c r="O47" s="152"/>
+      <c r="P47" s="153"/>
+      <c r="Q47" s="153"/>
+      <c r="R47" s="153"/>
+      <c r="S47" s="153"/>
+      <c r="T47" s="153"/>
+      <c r="U47" s="153"/>
+      <c r="V47" s="154"/>
+      <c r="W47" s="152"/>
+      <c r="X47" s="153"/>
+      <c r="Y47" s="153"/>
+      <c r="Z47" s="153"/>
+      <c r="AA47" s="153"/>
+      <c r="AB47" s="153"/>
+      <c r="AC47" s="153"/>
+      <c r="AD47" s="153"/>
+      <c r="AE47" s="153"/>
+      <c r="AF47" s="153"/>
+      <c r="AG47" s="153"/>
+      <c r="AH47" s="153"/>
+      <c r="AI47" s="153"/>
+      <c r="AJ47" s="154"/>
+    </row>
+    <row r="48" spans="2:40" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.5"/>
+    <row r="49" spans="2:36" x14ac:dyDescent="0.45">
+      <c r="B49" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="C49" s="2"/>
+      <c r="D49" s="2"/>
+      <c r="E49" s="2"/>
+      <c r="F49" s="2"/>
+      <c r="G49" s="2"/>
+      <c r="H49" s="2"/>
+      <c r="I49" s="2"/>
+      <c r="J49" s="2"/>
+      <c r="K49" s="2"/>
+      <c r="L49" s="2"/>
+      <c r="M49" s="2"/>
+      <c r="N49" s="21"/>
+      <c r="O49" s="2"/>
+      <c r="P49" s="21"/>
+      <c r="Q49" s="21"/>
+      <c r="R49" s="2"/>
+      <c r="S49" s="2"/>
+      <c r="T49" s="2"/>
+      <c r="U49" s="2"/>
+      <c r="V49" s="2"/>
+      <c r="W49" s="2"/>
+      <c r="X49" s="2"/>
+      <c r="Y49" s="2"/>
+      <c r="Z49" s="2"/>
+      <c r="AA49" s="2"/>
+      <c r="AB49" s="2"/>
+      <c r="AC49" s="2"/>
+      <c r="AD49" s="2"/>
+      <c r="AE49" s="2"/>
+      <c r="AF49" s="2"/>
+      <c r="AG49" s="2"/>
+      <c r="AH49" s="2"/>
+      <c r="AI49" s="2"/>
+      <c r="AJ49" s="3"/>
+    </row>
+    <row r="50" spans="2:36" x14ac:dyDescent="0.45">
+      <c r="B50" s="22"/>
+      <c r="C50" s="24"/>
+      <c r="D50" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="E50" s="24"/>
+      <c r="F50" s="24" t="s">
+        <v>40</v>
+      </c>
+      <c r="G50" s="24"/>
+      <c r="H50" s="24"/>
+      <c r="I50" s="24"/>
+      <c r="J50" s="24"/>
+      <c r="K50" s="24"/>
+      <c r="L50" s="24"/>
+      <c r="M50" s="24"/>
+      <c r="N50" s="24"/>
+      <c r="O50" s="24"/>
+      <c r="P50" s="24"/>
+      <c r="Q50" s="24"/>
+      <c r="R50" s="24"/>
+      <c r="S50" s="41"/>
+      <c r="T50" s="41"/>
+      <c r="U50" s="41"/>
+      <c r="V50" s="41"/>
+      <c r="W50" s="41"/>
+      <c r="X50" s="41"/>
+      <c r="Y50" s="41"/>
+      <c r="Z50" s="41"/>
+      <c r="AA50" s="41"/>
+      <c r="AB50" s="41"/>
+      <c r="AC50" s="41"/>
+      <c r="AD50" s="41"/>
+      <c r="AE50" s="41"/>
+      <c r="AF50" s="41"/>
+      <c r="AG50" s="41"/>
+      <c r="AJ50" s="5"/>
+    </row>
+    <row r="51" spans="2:36" x14ac:dyDescent="0.45">
+      <c r="B51" s="22"/>
+      <c r="C51" s="25"/>
+      <c r="D51" s="25"/>
+      <c r="E51" s="25"/>
+      <c r="F51" s="25"/>
+      <c r="G51" s="25"/>
+      <c r="H51" s="25" t="s">
+        <v>57</v>
+      </c>
+      <c r="I51" s="25"/>
+      <c r="J51" s="25"/>
+      <c r="K51" s="25"/>
+      <c r="L51" s="25"/>
+      <c r="M51" s="25"/>
+      <c r="N51" s="25"/>
+      <c r="O51" s="25"/>
+      <c r="P51" s="25"/>
+      <c r="Q51" s="25"/>
+      <c r="R51" s="25"/>
+      <c r="S51" s="12"/>
+      <c r="T51" s="12"/>
+      <c r="U51" s="12"/>
+      <c r="V51" s="12"/>
+      <c r="W51" s="12"/>
+      <c r="X51" s="12"/>
+      <c r="Y51" s="12"/>
+      <c r="Z51" s="12"/>
+      <c r="AA51" s="12"/>
+      <c r="AB51" s="12"/>
+      <c r="AC51" s="12"/>
+      <c r="AD51" s="12"/>
+      <c r="AE51" s="12"/>
+      <c r="AF51" s="12"/>
+      <c r="AG51" s="12"/>
+      <c r="AJ51" s="5"/>
+    </row>
+    <row r="52" spans="2:36" x14ac:dyDescent="0.45">
+      <c r="B52" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="AJ52" s="5"/>
+    </row>
+    <row r="53" spans="2:36" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="B53" s="26" t="s">
+        <v>64</v>
+      </c>
+      <c r="C53" s="18"/>
+      <c r="D53" s="18"/>
+      <c r="E53" s="18"/>
+      <c r="F53" s="18"/>
+      <c r="G53" s="18"/>
+      <c r="H53" s="18"/>
+      <c r="I53" s="18"/>
+      <c r="J53" s="18"/>
+      <c r="K53" s="18"/>
+      <c r="L53" s="18"/>
+      <c r="M53" s="18"/>
+      <c r="N53" s="18"/>
+      <c r="O53" s="18"/>
+      <c r="P53" s="18"/>
+      <c r="Q53" s="18"/>
+      <c r="R53" s="18"/>
+      <c r="S53" s="18"/>
+      <c r="T53" s="18"/>
+      <c r="U53" s="18"/>
+      <c r="V53" s="18"/>
+      <c r="W53" s="18"/>
+      <c r="X53" s="18"/>
+      <c r="Y53" s="18"/>
+      <c r="Z53" s="18"/>
+      <c r="AA53" s="18"/>
+      <c r="AB53" s="18"/>
+      <c r="AC53" s="18"/>
+      <c r="AD53" s="18"/>
+      <c r="AE53" s="18"/>
+      <c r="AF53" s="18"/>
+      <c r="AG53" s="18"/>
+      <c r="AH53" s="18"/>
+      <c r="AI53" s="18"/>
+      <c r="AJ53" s="19"/>
+    </row>
+    <row r="54" spans="2:36" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B54" s="27" t="s">
+        <v>41</v>
+      </c>
+      <c r="C54" s="27"/>
+      <c r="D54" s="27"/>
+      <c r="E54" s="27"/>
+      <c r="F54" s="27"/>
+      <c r="G54" s="27"/>
+      <c r="H54" s="27"/>
+      <c r="I54" s="27"/>
+      <c r="J54" s="27"/>
+      <c r="K54" s="27"/>
+      <c r="L54" s="27"/>
+      <c r="M54" s="27"/>
+      <c r="N54" s="27"/>
+      <c r="O54" s="27"/>
+      <c r="P54" s="27"/>
+      <c r="Q54" s="27"/>
+      <c r="R54" s="27"/>
+      <c r="S54" s="27"/>
+      <c r="T54" s="27"/>
+      <c r="U54" s="27"/>
+      <c r="V54" s="27"/>
+      <c r="W54" s="27"/>
+      <c r="X54" s="27"/>
+      <c r="Y54" s="27"/>
+      <c r="Z54" s="27"/>
+      <c r="AA54" s="27"/>
+      <c r="AB54" s="27"/>
+    </row>
+    <row r="55" spans="2:36" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B55" s="27" t="s">
+        <v>42</v>
+      </c>
+      <c r="C55" s="27"/>
+      <c r="D55" s="27"/>
+      <c r="E55" s="27"/>
+      <c r="F55" s="27"/>
+      <c r="G55" s="27"/>
+      <c r="H55" s="27"/>
+      <c r="I55" s="27"/>
+      <c r="J55" s="27"/>
+      <c r="K55" s="27"/>
+      <c r="L55" s="27"/>
+      <c r="M55" s="27"/>
+      <c r="N55" s="27"/>
+      <c r="O55" s="27"/>
+      <c r="P55" s="27"/>
+      <c r="Q55" s="27"/>
+      <c r="R55" s="27"/>
+      <c r="S55" s="27"/>
+      <c r="T55" s="27"/>
+      <c r="U55" s="27"/>
+      <c r="V55" s="27"/>
+      <c r="W55" s="27"/>
+      <c r="X55" s="27"/>
+      <c r="Y55" s="27"/>
+      <c r="Z55" s="27"/>
+      <c r="AA55" s="27"/>
+      <c r="AB55" s="27"/>
+    </row>
+    <row r="56" spans="2:36" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B56" s="27" t="s">
+        <v>43</v>
+      </c>
+      <c r="C56" s="27"/>
+      <c r="D56" s="27"/>
+      <c r="E56" s="27"/>
+      <c r="F56" s="27"/>
+      <c r="G56" s="27"/>
+      <c r="H56" s="27"/>
+      <c r="I56" s="27"/>
+      <c r="J56" s="27"/>
+      <c r="K56" s="27"/>
+      <c r="L56" s="27"/>
+      <c r="M56" s="27"/>
+      <c r="N56" s="27"/>
+      <c r="O56" s="27"/>
+      <c r="P56" s="27"/>
+      <c r="Q56" s="27"/>
+      <c r="R56" s="27"/>
+      <c r="S56" s="27"/>
+      <c r="T56" s="27"/>
+      <c r="U56" s="27"/>
+      <c r="V56" s="27"/>
+      <c r="W56" s="27"/>
+      <c r="X56" s="27"/>
+      <c r="Y56" s="27"/>
+      <c r="Z56" s="27"/>
+      <c r="AA56" s="27"/>
+      <c r="AB56" s="27"/>
+    </row>
+    <row r="57" spans="2:36" ht="9.6" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B57" s="51" t="s">
+        <v>44</v>
+      </c>
+      <c r="C57" s="51"/>
+      <c r="L57" s="50"/>
+      <c r="M57" s="50"/>
+      <c r="N57" s="50"/>
+      <c r="O57" s="50"/>
+      <c r="P57" s="50"/>
+      <c r="Q57" s="50"/>
+      <c r="R57" s="50"/>
+      <c r="S57" s="50"/>
+      <c r="T57" s="50"/>
+      <c r="U57" s="50"/>
+      <c r="V57" s="50"/>
+      <c r="W57" s="50"/>
+      <c r="X57" s="27"/>
+      <c r="Y57" s="27"/>
+      <c r="Z57" s="27"/>
+      <c r="AA57" s="27"/>
+      <c r="AB57" s="27"/>
+    </row>
+    <row r="58" spans="2:36" ht="9.6" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B58" s="164" t="s">
+        <v>65</v>
+      </c>
+      <c r="C58" s="165"/>
+      <c r="D58" s="165"/>
+      <c r="E58" s="165"/>
+      <c r="F58" s="165"/>
+      <c r="G58" s="165"/>
+      <c r="H58" s="165"/>
+      <c r="I58" s="165"/>
+      <c r="J58" s="165"/>
+      <c r="K58" s="166"/>
+      <c r="L58" s="164" t="s">
+        <v>70</v>
+      </c>
+      <c r="M58" s="165"/>
+      <c r="N58" s="165"/>
+      <c r="O58" s="165"/>
+      <c r="P58" s="165"/>
+      <c r="Q58" s="165"/>
+      <c r="R58" s="165"/>
+      <c r="S58" s="165"/>
+      <c r="T58" s="165"/>
+      <c r="U58" s="166"/>
+      <c r="V58" s="50"/>
+      <c r="W58" s="50"/>
+      <c r="X58" s="27"/>
+      <c r="Y58" s="27"/>
+      <c r="Z58" s="27"/>
+      <c r="AA58" s="27"/>
+      <c r="AB58" s="27"/>
+    </row>
+    <row r="59" spans="2:36" ht="9.6" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B59" s="161" t="s">
+        <v>66</v>
+      </c>
+      <c r="C59" s="162"/>
+      <c r="D59" s="162"/>
+      <c r="E59" s="162"/>
+      <c r="F59" s="162"/>
+      <c r="G59" s="162"/>
+      <c r="H59" s="162"/>
+      <c r="I59" s="162"/>
+      <c r="J59" s="162"/>
+      <c r="K59" s="163"/>
+      <c r="L59" s="161" t="s">
+        <v>71</v>
+      </c>
+      <c r="M59" s="162"/>
+      <c r="N59" s="162"/>
+      <c r="O59" s="162"/>
+      <c r="P59" s="162"/>
+      <c r="Q59" s="162"/>
+      <c r="R59" s="162"/>
+      <c r="S59" s="162"/>
+      <c r="T59" s="162"/>
+      <c r="U59" s="163"/>
+      <c r="V59" s="50"/>
+      <c r="W59" s="50"/>
+      <c r="X59" s="27"/>
+      <c r="Y59" s="27"/>
+      <c r="Z59" s="27"/>
+      <c r="AA59" s="27"/>
+      <c r="AB59" s="27"/>
+    </row>
+    <row r="60" spans="2:36" ht="9.6" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B60" s="161" t="s">
+        <v>67</v>
+      </c>
+      <c r="C60" s="162"/>
+      <c r="D60" s="162"/>
+      <c r="E60" s="162"/>
+      <c r="F60" s="162"/>
+      <c r="G60" s="162"/>
+      <c r="H60" s="162"/>
+      <c r="I60" s="162"/>
+      <c r="J60" s="162"/>
+      <c r="K60" s="163"/>
+      <c r="L60" s="161" t="s">
         <v>72</v>
       </c>
-      <c r="T19" s="54"/>
-[...501 lines deleted...]
-      <c r="T32" s="121" t="s">
+      <c r="M60" s="162"/>
+      <c r="N60" s="162"/>
+      <c r="O60" s="162"/>
+      <c r="P60" s="162"/>
+      <c r="Q60" s="162"/>
+      <c r="R60" s="162"/>
+      <c r="S60" s="162"/>
+      <c r="T60" s="162"/>
+      <c r="U60" s="163"/>
+      <c r="V60" s="50"/>
+      <c r="W60" s="50"/>
+      <c r="X60" s="27"/>
+      <c r="Y60" s="27"/>
+      <c r="Z60" s="27"/>
+      <c r="AA60" s="27"/>
+      <c r="AB60" s="27"/>
+    </row>
+    <row r="61" spans="2:36" ht="9.6" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B61" s="161" t="s">
+        <v>68</v>
+      </c>
+      <c r="C61" s="162"/>
+      <c r="D61" s="162"/>
+      <c r="E61" s="162"/>
+      <c r="F61" s="162"/>
+      <c r="G61" s="162"/>
+      <c r="H61" s="162"/>
+      <c r="I61" s="162"/>
+      <c r="J61" s="162"/>
+      <c r="K61" s="163"/>
+      <c r="L61" s="161" t="s">
         <v>73</v>
       </c>
-      <c r="U32" s="113"/>
-[...125 lines deleted...]
-      <c r="K37" s="151" t="s">
+      <c r="M61" s="162"/>
+      <c r="N61" s="162"/>
+      <c r="O61" s="162"/>
+      <c r="P61" s="162"/>
+      <c r="Q61" s="162"/>
+      <c r="R61" s="162"/>
+      <c r="S61" s="162"/>
+      <c r="T61" s="162"/>
+      <c r="U61" s="163"/>
+      <c r="V61" s="50"/>
+      <c r="W61" s="50"/>
+      <c r="X61" s="27"/>
+      <c r="Y61" s="27"/>
+      <c r="Z61" s="27"/>
+      <c r="AA61" s="27"/>
+      <c r="AB61" s="27"/>
+    </row>
+    <row r="62" spans="2:36" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B62" s="51" t="s">
+        <v>69</v>
+      </c>
+      <c r="C62" s="51"/>
+      <c r="E62" s="51"/>
+      <c r="F62" s="51"/>
+      <c r="G62" s="51"/>
+      <c r="H62" s="51"/>
+      <c r="I62" s="51"/>
+      <c r="J62" s="51"/>
+      <c r="K62" s="51"/>
+      <c r="L62" s="27"/>
+      <c r="M62" s="27"/>
+      <c r="N62" s="27"/>
+      <c r="O62" s="27"/>
+      <c r="P62" s="27"/>
+      <c r="Q62" s="27"/>
+      <c r="R62" s="27"/>
+      <c r="S62" s="27"/>
+      <c r="T62" s="27"/>
+      <c r="U62" s="27"/>
+      <c r="V62" s="27"/>
+      <c r="W62" s="27"/>
+      <c r="X62" s="27"/>
+      <c r="Y62" s="27"/>
+      <c r="Z62" s="27"/>
+      <c r="AA62" s="27"/>
+      <c r="AB62" s="27"/>
+    </row>
+    <row r="63" spans="2:36" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B63" s="51"/>
+      <c r="C63" s="51"/>
+      <c r="E63" s="51"/>
+      <c r="F63" s="51"/>
+      <c r="G63" s="51"/>
+      <c r="H63" s="51"/>
+      <c r="I63" s="51"/>
+      <c r="J63" s="51"/>
+      <c r="K63" s="51"/>
+      <c r="L63" s="27"/>
+      <c r="M63" s="27"/>
+      <c r="N63" s="27"/>
+      <c r="O63" s="27"/>
+      <c r="P63" s="27"/>
+      <c r="Q63" s="27"/>
+      <c r="R63" s="27"/>
+      <c r="S63" s="27"/>
+      <c r="T63" s="27"/>
+      <c r="U63" s="27"/>
+      <c r="V63" s="27"/>
+      <c r="W63" s="27"/>
+      <c r="X63" s="27"/>
+      <c r="Y63" s="27"/>
+      <c r="Z63" s="27"/>
+      <c r="AA63" s="27"/>
+      <c r="AB63" s="27"/>
+    </row>
+    <row r="64" spans="2:36" ht="7.5" customHeight="1" x14ac:dyDescent="0.45"/>
+    <row r="65" spans="2:47" x14ac:dyDescent="0.45">
+      <c r="B65" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="66" spans="2:47" ht="19.8" x14ac:dyDescent="0.45">
+      <c r="B66" t="s">
         <v>45</v>
       </c>
-      <c r="L37" s="151"/>
-[...146 lines deleted...]
-      <c r="B42" s="23" t="s">
+      <c r="H66" t="s">
         <v>46</v>
       </c>
-      <c r="N42" s="24"/>
-[...13 lines deleted...]
-      <c r="D44" s="25" t="s">
+      <c r="M66" t="s">
         <v>47</v>
       </c>
-      <c r="E44" s="25"/>
-      <c r="F44" s="25" t="s">
+      <c r="Z66" s="28" t="s">
+        <v>84</v>
+      </c>
+      <c r="AB66" s="28"/>
+      <c r="AL66" s="28"/>
+      <c r="AM66" s="28"/>
+      <c r="AN66" s="28"/>
+      <c r="AO66" s="28"/>
+      <c r="AP66" s="28"/>
+      <c r="AQ66" s="28"/>
+      <c r="AR66" s="28"/>
+      <c r="AS66" s="28"/>
+      <c r="AT66" s="28"/>
+      <c r="AU66" s="28"/>
+    </row>
+    <row r="67" spans="2:47" x14ac:dyDescent="0.45">
+      <c r="B67" t="s">
         <v>48</v>
       </c>
-      <c r="G44" s="25"/>
-[...111 lines deleted...]
-      <c r="B48" s="28" t="s">
+      <c r="H67" t="s">
         <v>49</v>
       </c>
-      <c r="C48" s="28"/>
-[...27 lines deleted...]
-      <c r="B49" s="28" t="s">
+      <c r="M67" t="s">
         <v>50</v>
       </c>
-      <c r="C49" s="28"/>
-[...27 lines deleted...]
-      <c r="B50" s="28" t="s">
+      <c r="Q67" s="29"/>
+      <c r="Z67" s="29" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="68" spans="2:47" x14ac:dyDescent="0.45">
+      <c r="B68" t="s">
         <v>51</v>
       </c>
-      <c r="C50" s="28"/>
-[...27 lines deleted...]
-      <c r="B51" s="52" t="s">
+      <c r="H68" t="s">
         <v>52</v>
       </c>
-      <c r="C51" s="52"/>
-[...31 lines deleted...]
-      <c r="L52" s="157" t="s">
+      <c r="M68" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q68" s="29"/>
+      <c r="Z68" s="29" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="69" spans="2:47" x14ac:dyDescent="0.45">
+      <c r="AG69" t="s">
         <v>85</v>
       </c>
-      <c r="M52" s="158"/>
-[...363 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="3LfVcYJgjAzvuzEWf+6FeQ41FAzyXMJMbk5YO4R3Q4h+D7lcbv9AlyptgQpHy77vFzsAzKAhCSaJYRU6z3BbqA==" saltValue="CJMfvMjwR+R44wrSwJ+0wQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="ossUKvxdkGcGMRir7FLKjhShmScTv8VgtKXTzGT2brceE0F1QTOu9uweQFfKyqrvl6Py/MNL0tHy7fH8eSAywA==" saltValue="pVzk2k/NMh4dgVUgAmSJ/g==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="65">
-    <mergeCell ref="L52:U52"/>
-[...6 lines deleted...]
-    <mergeCell ref="B55:K55"/>
+    <mergeCell ref="B61:K61"/>
+    <mergeCell ref="L61:U61"/>
+    <mergeCell ref="B58:K58"/>
+    <mergeCell ref="L58:U58"/>
+    <mergeCell ref="B59:K59"/>
+    <mergeCell ref="L59:U59"/>
+    <mergeCell ref="B60:K60"/>
+    <mergeCell ref="L60:U60"/>
+    <mergeCell ref="C45:J45"/>
+    <mergeCell ref="K45:N45"/>
+    <mergeCell ref="O45:V45"/>
+    <mergeCell ref="W45:Y45"/>
+    <mergeCell ref="Z45:AJ45"/>
+    <mergeCell ref="B46:B47"/>
+    <mergeCell ref="C46:J47"/>
+    <mergeCell ref="K46:N47"/>
+    <mergeCell ref="O46:V47"/>
+    <mergeCell ref="W46:AJ47"/>
+    <mergeCell ref="C39:S39"/>
+    <mergeCell ref="T39:AJ39"/>
+    <mergeCell ref="C40:D42"/>
+    <mergeCell ref="E40:G40"/>
+    <mergeCell ref="H40:S40"/>
+    <mergeCell ref="T40:V42"/>
+    <mergeCell ref="E41:G42"/>
+    <mergeCell ref="H41:S42"/>
+    <mergeCell ref="C33:D33"/>
+    <mergeCell ref="E33:AJ33"/>
+    <mergeCell ref="C34:D35"/>
+    <mergeCell ref="E34:AJ35"/>
+    <mergeCell ref="C36:D36"/>
+    <mergeCell ref="E36:S36"/>
+    <mergeCell ref="T36:X38"/>
+    <mergeCell ref="Y36:AJ38"/>
+    <mergeCell ref="C37:D38"/>
+    <mergeCell ref="E37:S38"/>
+    <mergeCell ref="E30:S31"/>
+    <mergeCell ref="T30:X30"/>
+    <mergeCell ref="Y30:AJ30"/>
+    <mergeCell ref="T31:AJ32"/>
+    <mergeCell ref="C32:D32"/>
+    <mergeCell ref="E32:S32"/>
+    <mergeCell ref="AB25:AD25"/>
+    <mergeCell ref="AF25:AG25"/>
+    <mergeCell ref="AN25:AP25"/>
+    <mergeCell ref="AN26:AP26"/>
+    <mergeCell ref="B28:B42"/>
+    <mergeCell ref="C29:D29"/>
+    <mergeCell ref="E29:S29"/>
+    <mergeCell ref="T29:X29"/>
+    <mergeCell ref="Y29:AJ29"/>
+    <mergeCell ref="C30:D31"/>
+    <mergeCell ref="D25:E25"/>
+    <mergeCell ref="G25:I25"/>
+    <mergeCell ref="K25:M25"/>
+    <mergeCell ref="O25:Q25"/>
+    <mergeCell ref="T25:V25"/>
+    <mergeCell ref="X25:Z25"/>
     <mergeCell ref="AE2:AJ2"/>
-    <mergeCell ref="X15:Y15"/>
-[...2 lines deleted...]
-    <mergeCell ref="U16:V16"/>
     <mergeCell ref="B4:AJ4"/>
-    <mergeCell ref="B6:B18"/>
-[...49 lines deleted...]
-    <mergeCell ref="T19:V19"/>
+    <mergeCell ref="B11:B24"/>
+    <mergeCell ref="U21:V21"/>
+    <mergeCell ref="X21:Y21"/>
+    <mergeCell ref="U22:V22"/>
+    <mergeCell ref="X22:Y22"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
-  <conditionalFormatting sqref="D19:E19 G19:I19 K19:M19 O19:Q19 T19:V19 X19:Z19 AB19:AD19 AF19:AG19 Y21:AJ22 E21:S24 E25:AJ27 E28:S30 Y28:AJ30 T31:AJ31 H32:S34">
-    <cfRule type="cellIs" dxfId="5" priority="9" operator="equal">
+  <conditionalFormatting sqref="D25:E25 G25:I25 K25:M25 O25:Q25 T25:V25 X25:Z25 AB25:AD25 AF25:AG25 Y29:AJ30 E29:S32 E33:AJ35 E36:S38 Y36:AJ38 T39:AJ39 H40:S42">
+    <cfRule type="cellIs" dxfId="5" priority="6" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="U15:V16">
-    <cfRule type="cellIs" dxfId="4" priority="5" operator="equal">
+  <conditionalFormatting sqref="U21:V22">
+    <cfRule type="cellIs" dxfId="4" priority="4" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="X15:Y16">
-    <cfRule type="cellIs" dxfId="3" priority="8" operator="equal">
+  <conditionalFormatting sqref="X21:Y22">
+    <cfRule type="cellIs" dxfId="3" priority="5" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AE2">
     <cfRule type="cellIs" dxfId="2" priority="1" operator="equal">
       <formula>""</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="1" priority="2" operator="equal">
       <formula>""""""</formula>
     </cfRule>
     <cfRule type="containsBlanks" dxfId="0" priority="3">
       <formula>LEN(TRIM(AE2))=0</formula>
     </cfRule>
   </conditionalFormatting>
-  <dataValidations disablePrompts="1" count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M17 P7 K17 X32:X34 G15:G17 I15:I17 AL12 C10:C17 Y7 AR6:AR7 AN6:AN7 AB32:AD34 AL6:AL7 L12:L14 AU6:AU7 C7 I7 I10:I11 E17 P10:P14 AA12:AA14 X12:X14 AB7:AI7" xr:uid="{B5B53716-68AC-42C2-ADE4-44EC94A73838}">
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M23 T12 K23 X40:X42 I23 C21:C23 AC12 AR11:AR12 AN11:AN12 AB40:AD42 AL11:AL12 AU11:AU12 C12 I12 I15:I16 E23 U8 Y9 X20 AE18:AE19 L20 AA8 AF12:AI12 O15 Q15 AF15 AH15 AL8 S9 C8 O8 AA20 AB18:AB19 G22:G23 T15:T19 C15:C19 AC17 L17:L19 AL17:AL19" xr:uid="{D4A5118A-61F7-4592-8A5A-C482E3F7D5BD}">
       <formula1>"□,■"</formula1>
     </dataValidation>
   </dataValidations>
-  <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="63" orientation="portrait" r:id="rId1"/>
+  <pageMargins left="0.43307086614173229" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="61" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>