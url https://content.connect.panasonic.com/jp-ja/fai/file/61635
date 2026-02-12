--- v0 (2025-12-26)
+++ v1 (2026-02-12)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://api.box.com/wopi/files/1911667460616/WOPIServiceId_TP_BOX_2/WOPIUserId_-/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\0596689\Box\in0996x01_熱加工ビジネスデザイン課・熱加工プロセスエンジニアリング課共用\Z00.BD課トレーニング係\12.カレッジパンフ作成\2026年度上期\新しいフォルダー\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="11" documentId="13_ncr:1_{85259065-5C37-4C1D-8F80-E1588CC82C98}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{748CC3EB-DDD0-415D-AAC9-1217D67044F0}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BA5A50AC-A1B5-49EA-B3BC-1F058E25C1D5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1152" yWindow="1152" windowWidth="12708" windowHeight="11256" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="JIS受験コース申込書" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">JIS受験コース申込書!$A$1:$AJ$65</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="100">
   <si>
     <t>記入日：</t>
     <rPh sb="0" eb="2">
       <t>キニュウ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ビ</t>
@@ -473,160 +473,50 @@
     <rPh sb="13" eb="14">
       <t>ア</t>
     </rPh>
     <rPh sb="16" eb="17">
       <t>ナド</t>
     </rPh>
     <rPh sb="18" eb="20">
       <t>マツビ</t>
     </rPh>
     <rPh sb="20" eb="22">
       <t>キサイ</t>
     </rPh>
     <rPh sb="23" eb="24">
       <t>カク</t>
     </rPh>
     <rPh sb="30" eb="32">
       <t>レンラク</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>◎キャンセルポリシー　　</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>&lt;申込書提出先＞</t>
-[...108 lines deleted...]
-  <si>
     <t>　　◆ﾌﾟﾛｾｽｴﾝｼﾞﾆｱﾘﾝｸﾞｾﾝﾀｰ　　</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>〒561-0854</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>大阪府豊中市稲津町3-1-1</t>
     <rPh sb="0" eb="3">
       <t>オオサカフ</t>
     </rPh>
     <rPh sb="3" eb="6">
       <t>トヨナカシ</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>イネ</t>
     </rPh>
     <rPh sb="7" eb="8">
       <t>ツ</t>
     </rPh>
     <rPh sb="8" eb="9">
       <t>マチ</t>
     </rPh>
     <phoneticPr fontId="1"/>
@@ -693,60 +583,50 @@
     <rPh sb="2" eb="4">
       <t>ジカン</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>ヘイジツ</t>
     </rPh>
     <rPh sb="17" eb="18">
       <t>オヨ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>（土日・祝日・年末年始。当社指定の休日除く）</t>
   </si>
   <si>
     <t>パナソニックコネクト株式会社</t>
     <rPh sb="10" eb="12">
       <t>カブシキ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>カイシャ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>大阪会場FAX　06-6862-6625</t>
-[...8 lines deleted...]
-  <si>
     <t>ＪＩＳ受験コース申込書</t>
     <rPh sb="3" eb="5">
       <t>ジュケン</t>
     </rPh>
     <rPh sb="8" eb="11">
       <t>モウシコミショ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>【ＪＩＳ受験コース】＜大阪会場のみ＞</t>
     <rPh sb="4" eb="6">
       <t>ジュケン</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>オオサカ</t>
     </rPh>
     <rPh sb="13" eb="15">
       <t>カイジョウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>ＪＩＳ評価試験受験コース・半自動</t>
     <rPh sb="3" eb="5">
@@ -966,75 +846,50 @@
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>年齢層</t>
   </si>
   <si>
     <t>弊社営業所　　　(代理店名）</t>
     <rPh sb="0" eb="2">
       <t>ヘイシャ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>エイギョウ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>ショ</t>
     </rPh>
     <rPh sb="9" eb="12">
       <t>ダイリテン</t>
     </rPh>
     <rPh sb="12" eb="13">
       <t>メイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>●仮受付（お申込み時点）での受講料控貼付けは不要です。</t>
-[...23 lines deleted...]
-  <si>
     <t>（一社）日本溶接協会e-weldシステムでの受験申請完了後に振込控えを添付の上ご提出願います。</t>
     <rPh sb="1" eb="3">
       <t>イッシャ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>ニホン</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>ヨウセツ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>キョウカイ</t>
     </rPh>
     <rPh sb="22" eb="24">
       <t>ジュケン</t>
     </rPh>
     <rPh sb="24" eb="26">
       <t>シンセイ</t>
     </rPh>
     <rPh sb="26" eb="29">
       <t>カンリョウゴ</t>
     </rPh>
     <rPh sb="30" eb="32">
       <t>フリコミ</t>
     </rPh>
@@ -1117,82 +972,175 @@
     <rPh sb="14" eb="16">
       <t>トウジツ</t>
     </rPh>
     <rPh sb="17" eb="20">
       <t>ミレンラク</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>キャンセル料</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>無料</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>受講料の50%</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>受講料の100%</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>0120-700-912［ﾌﾘｰﾀﾞｲﾔﾙ］</t>
-[...9 lines deleted...]
-  <si>
     <t>パナソニック コネクト株式会社 溶接プロセス事業部 プロセスエンジニアリングセンター</t>
     <rPh sb="11" eb="13">
       <t>カブシキ</t>
     </rPh>
     <rPh sb="13" eb="15">
       <t>カイシャ</t>
     </rPh>
     <rPh sb="16" eb="18">
       <t>ヨウセツ</t>
     </rPh>
     <rPh sb="22" eb="25">
       <t>ジギョウブ</t>
     </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>yousetsu_college@gg.jp.panasonic.com（カレッジ共通）</t>
+    <rPh sb="41" eb="43">
+      <t>キョウツウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>大阪会場</t>
+    <rPh sb="0" eb="2">
+      <t>オオサカ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>カイジョウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>FAX　06-6862-6625</t>
+  </si>
+  <si>
+    <r>
+      <t>●JIS受験コースは</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="游ゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>大阪会場のみ</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="游ゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>での開催となります。</t>
+    </r>
+    <rPh sb="4" eb="6">
+      <t>ジュケン</t>
+    </rPh>
+    <rPh sb="10" eb="12">
+      <t>オオサカ</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>カイジョウ</t>
+    </rPh>
+    <rPh sb="18" eb="20">
+      <t>カイサイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>●仮受付（お申込み時点）での受講料送金は不要です。</t>
+    <rPh sb="1" eb="4">
+      <t>カリウケツケ</t>
+    </rPh>
+    <rPh sb="6" eb="8">
+      <t>モウシコ</t>
+    </rPh>
+    <rPh sb="9" eb="11">
+      <t>ジテン</t>
+    </rPh>
+    <rPh sb="14" eb="17">
+      <t>ジュコウリョウ</t>
+    </rPh>
+    <rPh sb="17" eb="19">
+      <t>ソウキン</t>
+    </rPh>
+    <rPh sb="20" eb="22">
+      <t>フヨウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>/</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>0120-700-912［ﾌﾘｰﾀﾞｲﾔﾙ］</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>2026.1.1改訂</t>
+    <rPh sb="8" eb="10">
+      <t>カイテイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve">   申込書送付先【Eメール】</t>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1262,50 +1210,68 @@
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FFFF0000"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="游ゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="游ゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="42">
     <border>
       <left/>
       <right/>
@@ -1766,51 +1732,51 @@
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="154">
+  <cellXfs count="160">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1">
@@ -1905,442 +1871,445 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...33 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="18" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="18" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="41" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="21" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="24" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="28" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="30" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="31" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="28" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="32" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="33" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="31" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="30" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="32" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="33" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="35" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="36" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...21 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...22 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
-[...261 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="4">
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFCCFFCC"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFCCFFCC"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFCCFFCC"/>
         </patternFill>
@@ -2359,57 +2328,57 @@
     <mruColors>
       <color rgb="FFCCFFCC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>25</xdr:row>
       <xdr:rowOff>123825</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>561976</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>85725</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="テキスト ボックス 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1493E2BE-322F-4C82-BCA1-B04DF8A13F96}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="95250" y="4711065"/>
           <a:ext cx="466726" cy="2720340"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:ln w="9525" cmpd="sng">
@@ -2440,57 +2409,57 @@
             </a:lnSpc>
           </a:pPr>
           <a:r>
             <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="700">
               <a:latin typeface="+mn-ea"/>
               <a:ea typeface="+mn-ea"/>
             </a:rPr>
             <a:t>※</a:t>
           </a:r>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700">
               <a:latin typeface="+mn-ea"/>
               <a:ea typeface="+mn-ea"/>
             </a:rPr>
             <a:t>お申込みは。事業者の方であることを前提とさせていただきます。</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>66675</xdr:colOff>
-      <xdr:row>7</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>590551</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="3" name="テキスト ボックス 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10BA30AF-CA64-44BE-B3DF-8B876E0062BA}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="66675" y="1878330"/>
           <a:ext cx="523876" cy="1884045"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:ln w="9525" cmpd="sng">
@@ -2521,57 +2490,57 @@
             </a:lnSpc>
           </a:pPr>
           <a:r>
             <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="700">
               <a:latin typeface="+mn-ea"/>
               <a:ea typeface="+mn-ea"/>
             </a:rPr>
             <a:t>※</a:t>
           </a:r>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700">
               <a:latin typeface="+mn-ea"/>
               <a:ea typeface="+mn-ea"/>
             </a:rPr>
             <a:t>太枠内ご記入ください。</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>142875</xdr:colOff>
-      <xdr:row>5</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>171450</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>6</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="4" name="右矢印 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FB166DF9-7140-4B40-860A-FB1920F7747A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="142875" y="1459230"/>
           <a:ext cx="504825" cy="247650"/>
         </a:xfrm>
         <a:prstGeom prst="rightArrow">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent6"/>
@@ -2908,2125 +2877,2127 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F6A95310-AD5A-40E6-B628-D1C34E2DAF7C}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:AU65"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="L42" workbookViewId="0">
-      <selection activeCell="T72" sqref="T72"/>
+    <sheetView tabSelected="1" topLeftCell="A26" workbookViewId="0">
+      <selection activeCell="E33" sqref="E33:S34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="8.5" customWidth="1"/>
     <col min="2" max="2" width="13" customWidth="1"/>
     <col min="3" max="3" width="3.59765625" customWidth="1"/>
     <col min="4" max="4" width="6.5" customWidth="1"/>
     <col min="5" max="12" width="2.3984375" customWidth="1"/>
     <col min="13" max="35" width="2.796875" customWidth="1"/>
     <col min="36" max="36" width="5.5" customWidth="1"/>
     <col min="37" max="37" width="4.09765625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:47" x14ac:dyDescent="0.45">
       <c r="T1" s="21"/>
       <c r="U1" s="21"/>
       <c r="V1" s="21"/>
       <c r="W1" s="21"/>
-      <c r="AB1" s="21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AB1" s="21"/>
     </row>
     <row r="2" spans="2:47" x14ac:dyDescent="0.45">
       <c r="B2" s="17"/>
       <c r="S2" s="26"/>
       <c r="T2" s="26"/>
       <c r="U2" s="26"/>
       <c r="V2" s="26"/>
       <c r="W2" s="26"/>
       <c r="Y2" s="26"/>
       <c r="Z2" s="26"/>
       <c r="AA2" s="26"/>
       <c r="AB2" s="26"/>
       <c r="AC2" s="26"/>
       <c r="AD2" s="25"/>
       <c r="AE2" s="25"/>
       <c r="AF2" s="25"/>
       <c r="AG2" s="25"/>
       <c r="AH2" s="25"/>
       <c r="AI2" s="25"/>
     </row>
     <row r="3" spans="2:47" x14ac:dyDescent="0.45">
       <c r="AB3" t="s">
         <v>0</v>
       </c>
-      <c r="AE3" s="95"/>
-[...4 lines deleted...]
-      <c r="AJ3" s="95"/>
+      <c r="AE3" s="60"/>
+      <c r="AF3" s="60"/>
+      <c r="AG3" s="60"/>
+      <c r="AH3" s="60"/>
+      <c r="AI3" s="60"/>
+      <c r="AJ3" s="60"/>
     </row>
     <row r="4" spans="2:47" ht="28.8" x14ac:dyDescent="0.45">
-      <c r="B4" s="148" t="s">
-[...37 lines deleted...]
-    <row r="5" spans="2:47" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.5"/>
+      <c r="B4" s="61" t="s">
+        <v>47</v>
+      </c>
+      <c r="C4" s="61"/>
+      <c r="D4" s="61"/>
+      <c r="E4" s="61"/>
+      <c r="F4" s="61"/>
+      <c r="G4" s="61"/>
+      <c r="H4" s="61"/>
+      <c r="I4" s="61"/>
+      <c r="J4" s="61"/>
+      <c r="K4" s="61"/>
+      <c r="L4" s="61"/>
+      <c r="M4" s="61"/>
+      <c r="N4" s="61"/>
+      <c r="O4" s="61"/>
+      <c r="P4" s="61"/>
+      <c r="Q4" s="61"/>
+      <c r="R4" s="61"/>
+      <c r="S4" s="61"/>
+      <c r="T4" s="61"/>
+      <c r="U4" s="61"/>
+      <c r="V4" s="61"/>
+      <c r="W4" s="61"/>
+      <c r="X4" s="61"/>
+      <c r="Y4" s="61"/>
+      <c r="Z4" s="61"/>
+      <c r="AA4" s="61"/>
+      <c r="AB4" s="61"/>
+      <c r="AC4" s="61"/>
+      <c r="AD4" s="61"/>
+      <c r="AE4" s="61"/>
+      <c r="AF4" s="61"/>
+      <c r="AG4" s="61"/>
+      <c r="AH4" s="61"/>
+      <c r="AI4" s="61"/>
+      <c r="AJ4" s="61"/>
+    </row>
+    <row r="5" spans="2:47" ht="18.600000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="B5" s="43"/>
+      <c r="C5" s="43"/>
+      <c r="D5" s="43"/>
+      <c r="E5" s="43"/>
+      <c r="F5" s="43"/>
+      <c r="G5" s="43"/>
+      <c r="H5" s="43"/>
+      <c r="I5" s="43"/>
+      <c r="J5" s="43"/>
+      <c r="K5" s="43"/>
+      <c r="L5" s="43"/>
+      <c r="M5" s="43"/>
+      <c r="N5" s="43"/>
+      <c r="O5" s="43"/>
+      <c r="P5" s="43"/>
+      <c r="Q5" s="43"/>
+      <c r="R5" s="43"/>
+      <c r="S5" s="43"/>
+      <c r="T5" s="43"/>
+      <c r="U5" s="43"/>
+      <c r="V5" s="43"/>
+      <c r="W5" s="43"/>
+      <c r="X5" s="43"/>
+      <c r="Y5" s="43"/>
+      <c r="Z5" s="43"/>
+      <c r="AA5" s="43"/>
+      <c r="AB5" s="43"/>
+      <c r="AC5" s="43"/>
+      <c r="AD5" s="43"/>
+      <c r="AE5" s="43"/>
+      <c r="AF5" s="43"/>
+      <c r="AG5" s="43"/>
+      <c r="AH5" s="43"/>
+      <c r="AI5" s="43"/>
+      <c r="AJ5" s="43"/>
+    </row>
     <row r="6" spans="2:47" x14ac:dyDescent="0.45">
-      <c r="B6" s="149" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="B6" s="44" t="s">
+        <v>94</v>
+      </c>
+      <c r="C6" s="2"/>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
       <c r="J6" s="2"/>
       <c r="K6" s="2"/>
       <c r="L6" s="2"/>
       <c r="M6" s="2"/>
       <c r="N6" s="2"/>
       <c r="O6" s="2"/>
       <c r="P6" s="2"/>
       <c r="Q6" s="2"/>
       <c r="R6" s="2"/>
       <c r="S6" s="2"/>
       <c r="T6" s="2"/>
       <c r="U6" s="2"/>
       <c r="V6" s="2"/>
       <c r="W6" s="2"/>
       <c r="X6" s="2"/>
       <c r="Y6" s="2"/>
       <c r="Z6" s="2"/>
       <c r="AA6" s="2"/>
       <c r="AB6" s="2"/>
       <c r="AC6" s="2"/>
       <c r="AD6" s="2"/>
       <c r="AE6" s="2"/>
       <c r="AF6" s="2"/>
       <c r="AG6" s="2"/>
       <c r="AH6" s="2"/>
       <c r="AI6" s="2"/>
       <c r="AJ6" s="3"/>
-      <c r="AL6" s="26"/>
-[...35 lines deleted...]
-      </c>
+    </row>
+    <row r="7" spans="2:47" ht="6" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B7" s="57"/>
       <c r="AJ7" s="5"/>
-      <c r="AL7" s="26"/>
-[...50 lines deleted...]
-    </row>
+    </row>
+    <row r="8" spans="2:47" ht="18" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B8" s="45" t="s">
+        <v>99</v>
+      </c>
+      <c r="C8" s="50"/>
+      <c r="D8" s="51"/>
+      <c r="E8" s="52" t="s">
+        <v>91</v>
+      </c>
+      <c r="F8" s="51"/>
+      <c r="H8" s="50"/>
+      <c r="I8" s="50"/>
+      <c r="K8" s="50"/>
+      <c r="M8" s="51"/>
+      <c r="N8" s="50"/>
+      <c r="O8" s="50"/>
+      <c r="P8" s="50"/>
+      <c r="Q8" s="50"/>
+      <c r="R8" s="50"/>
+      <c r="S8" s="26"/>
+      <c r="T8" s="51"/>
+      <c r="U8" s="50"/>
+      <c r="V8" s="50"/>
+      <c r="W8" s="50"/>
+      <c r="X8" s="50" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z8" s="51" t="s">
+        <v>92</v>
+      </c>
+      <c r="AA8" s="50"/>
+      <c r="AB8" s="53"/>
+      <c r="AC8" s="51" t="s">
+        <v>93</v>
+      </c>
+      <c r="AE8" s="50"/>
+      <c r="AF8" s="50"/>
+      <c r="AG8" s="50"/>
+      <c r="AH8" s="50"/>
+      <c r="AI8" s="50"/>
+      <c r="AJ8" s="46"/>
+    </row>
+    <row r="9" spans="2:47" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="B9" s="54"/>
+      <c r="C9" s="47"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="55"/>
+      <c r="F9" s="48"/>
+      <c r="G9" s="12"/>
+      <c r="H9" s="47"/>
+      <c r="I9" s="47"/>
+      <c r="J9" s="12"/>
+      <c r="K9" s="47"/>
+      <c r="L9" s="12"/>
+      <c r="M9" s="48"/>
+      <c r="N9" s="47"/>
+      <c r="O9" s="47"/>
+      <c r="P9" s="47"/>
+      <c r="Q9" s="47"/>
+      <c r="R9" s="47"/>
+      <c r="S9" s="38"/>
+      <c r="T9" s="48"/>
+      <c r="U9" s="47"/>
+      <c r="V9" s="47"/>
+      <c r="W9" s="47"/>
+      <c r="X9" s="47"/>
+      <c r="Y9" s="48"/>
+      <c r="Z9" s="47"/>
+      <c r="AA9" s="47"/>
+      <c r="AB9" s="56"/>
+      <c r="AC9" s="48"/>
+      <c r="AD9" s="12"/>
+      <c r="AE9" s="47"/>
+      <c r="AF9" s="47"/>
+      <c r="AG9" s="47"/>
+      <c r="AH9" s="47"/>
+      <c r="AI9" s="47"/>
+      <c r="AJ9" s="49"/>
+    </row>
+    <row r="10" spans="2:47" ht="9.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.5"/>
     <row r="11" spans="2:47" x14ac:dyDescent="0.45">
-      <c r="B11" s="150"/>
-[...46 lines deleted...]
-      <c r="AJ11" s="5"/>
+      <c r="B11" s="62" t="s">
+        <v>1</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
+      <c r="J11" s="2"/>
+      <c r="K11" s="2"/>
+      <c r="L11" s="2"/>
+      <c r="M11" s="2"/>
+      <c r="N11" s="2"/>
+      <c r="O11" s="2"/>
+      <c r="P11" s="2"/>
+      <c r="Q11" s="2"/>
+      <c r="R11" s="2"/>
+      <c r="S11" s="2"/>
+      <c r="T11" s="2"/>
+      <c r="U11" s="2"/>
+      <c r="V11" s="2"/>
+      <c r="W11" s="2"/>
+      <c r="X11" s="2"/>
+      <c r="Y11" s="2"/>
+      <c r="Z11" s="2"/>
+      <c r="AA11" s="2"/>
+      <c r="AB11" s="2"/>
+      <c r="AC11" s="2"/>
+      <c r="AD11" s="2"/>
+      <c r="AE11" s="2"/>
+      <c r="AF11" s="2"/>
+      <c r="AG11" s="2"/>
+      <c r="AH11" s="2"/>
+      <c r="AI11" s="2"/>
+      <c r="AJ11" s="3"/>
+      <c r="AL11" s="26"/>
+      <c r="AN11" s="26"/>
+      <c r="AR11" s="26"/>
+      <c r="AU11" s="26"/>
     </row>
     <row r="12" spans="2:47" x14ac:dyDescent="0.45">
-      <c r="B12" s="150"/>
+      <c r="B12" s="63"/>
       <c r="C12" s="27" t="s">
         <v>2</v>
       </c>
-      <c r="D12" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E12" s="26" t="s">
+      <c r="D12" t="s">
+        <v>49</v>
+      </c>
+      <c r="O12" s="26" t="s">
         <v>2</v>
       </c>
-      <c r="F12" s="26" t="s">
-[...2 lines deleted...]
-      <c r="G12" s="26" t="s">
+      <c r="P12" t="s">
+        <v>50</v>
+      </c>
+      <c r="R12" s="26" t="s">
         <v>2</v>
       </c>
-      <c r="H12" s="26" t="s">
-[...2 lines deleted...]
-      <c r="I12" s="26" t="s">
+      <c r="S12" t="s">
+        <v>51</v>
+      </c>
+      <c r="X12" s="26" t="s">
         <v>2</v>
       </c>
-      <c r="J12" s="26" t="s">
-[...2 lines deleted...]
-      <c r="K12" s="26" t="s">
+      <c r="Y12" t="s">
+        <v>52</v>
+      </c>
+      <c r="AB12" s="26" t="s">
         <v>2</v>
       </c>
-      <c r="L12" s="26" t="s">
-[...19 lines deleted...]
-      <c r="AI12" s="26"/>
+      <c r="AC12" t="s">
+        <v>53</v>
+      </c>
       <c r="AJ12" s="5"/>
       <c r="AL12" s="26"/>
-      <c r="AM12" s="26"/>
       <c r="AN12" s="26"/>
+      <c r="AR12" s="26"/>
+      <c r="AU12" s="26"/>
     </row>
     <row r="13" spans="2:47" x14ac:dyDescent="0.45">
-      <c r="B13" s="150"/>
-      <c r="C13" s="26" t="s">
+      <c r="B13" s="63"/>
+      <c r="C13" s="27" t="s">
         <v>2</v>
       </c>
-      <c r="D13" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E13" s="26" t="s">
+      <c r="D13" t="s">
+        <v>54</v>
+      </c>
+      <c r="O13" s="26" t="s">
         <v>2</v>
       </c>
-      <c r="F13" s="26" t="s">
-[...2 lines deleted...]
-      <c r="G13" s="26" t="s">
+      <c r="P13" t="s">
+        <v>50</v>
+      </c>
+      <c r="R13" s="26" t="s">
         <v>2</v>
       </c>
-      <c r="H13" s="26" t="s">
-[...2 lines deleted...]
-      <c r="I13" s="26" t="s">
+      <c r="S13" t="s">
+        <v>51</v>
+      </c>
+      <c r="X13" s="26" t="s">
         <v>2</v>
       </c>
-      <c r="J13" s="26" t="s">
-[...2 lines deleted...]
-      <c r="K13" s="26" t="s">
+      <c r="Y13" t="s">
+        <v>52</v>
+      </c>
+      <c r="AB13" s="26" t="s">
         <v>2</v>
       </c>
-      <c r="L13" s="26" t="s">
-[...24 lines deleted...]
-      <c r="AI13" s="26"/>
+      <c r="AC13" t="s">
+        <v>53</v>
+      </c>
       <c r="AJ13" s="5"/>
     </row>
     <row r="14" spans="2:47" x14ac:dyDescent="0.45">
-      <c r="B14" s="150"/>
-      <c r="C14" s="27" t="s">
+      <c r="B14" s="63"/>
+      <c r="C14" s="4"/>
+      <c r="AJ14" s="5"/>
+    </row>
+    <row r="15" spans="2:47" x14ac:dyDescent="0.45">
+      <c r="B15" s="63"/>
+      <c r="C15" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="F15" s="17"/>
+      <c r="AJ15" s="5"/>
+    </row>
+    <row r="16" spans="2:47" x14ac:dyDescent="0.45">
+      <c r="B16" s="63"/>
+      <c r="C16" s="27" t="s">
         <v>2</v>
       </c>
-      <c r="D14" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E14" s="26" t="s">
+      <c r="D16" s="26" t="s">
+        <v>56</v>
+      </c>
+      <c r="E16" s="26" t="s">
         <v>2</v>
       </c>
-      <c r="F14" s="26" t="s">
-[...2 lines deleted...]
-      <c r="G14" s="26" t="s">
+      <c r="F16" s="26" t="s">
+        <v>57</v>
+      </c>
+      <c r="G16" s="26" t="s">
         <v>2</v>
       </c>
-      <c r="H14" s="26" t="s">
-[...2 lines deleted...]
-      <c r="I14" s="26" t="s">
+      <c r="H16" s="26" t="s">
+        <v>58</v>
+      </c>
+      <c r="I16" s="26" t="s">
         <v>2</v>
       </c>
-      <c r="J14" s="26" t="s">
-[...2 lines deleted...]
-      <c r="K14" s="26" t="s">
+      <c r="J16" s="26" t="s">
+        <v>59</v>
+      </c>
+      <c r="K16" s="26" t="s">
         <v>2</v>
       </c>
-      <c r="L14" s="26" t="s">
-[...83 lines deleted...]
-      <c r="L16" s="26"/>
+      <c r="L16" s="26" t="s">
+        <v>60</v>
+      </c>
       <c r="M16" s="26"/>
       <c r="N16" s="26"/>
+      <c r="S16" s="26" t="s">
+        <v>61</v>
+      </c>
+      <c r="T16" s="26"/>
+      <c r="U16" s="26"/>
+      <c r="V16" s="26"/>
+      <c r="W16" s="26"/>
+      <c r="AC16" s="26"/>
+      <c r="AD16" s="26"/>
+      <c r="AE16" s="26"/>
+      <c r="AF16" s="26"/>
+      <c r="AG16" s="26"/>
+      <c r="AH16" s="26"/>
+      <c r="AI16" s="26"/>
       <c r="AJ16" s="5"/>
-      <c r="AL16" s="26"/>
-[...3 lines deleted...]
-      <c r="AP16" s="26"/>
     </row>
     <row r="17" spans="2:42" x14ac:dyDescent="0.45">
-      <c r="B17" s="151"/>
-[...36 lines deleted...]
-      <c r="AK17" s="30"/>
+      <c r="B17" s="63"/>
+      <c r="C17" s="27" t="s">
+        <v>2</v>
+      </c>
+      <c r="D17" s="26" t="s">
+        <v>62</v>
+      </c>
+      <c r="E17" s="26" t="s">
+        <v>2</v>
+      </c>
+      <c r="F17" s="26" t="s">
+        <v>57</v>
+      </c>
+      <c r="G17" s="26" t="s">
+        <v>2</v>
+      </c>
+      <c r="H17" s="26" t="s">
+        <v>58</v>
+      </c>
+      <c r="I17" s="26" t="s">
+        <v>2</v>
+      </c>
+      <c r="J17" s="26" t="s">
+        <v>59</v>
+      </c>
+      <c r="K17" s="26" t="s">
+        <v>2</v>
+      </c>
+      <c r="L17" s="26" t="s">
+        <v>60</v>
+      </c>
+      <c r="M17" s="26"/>
+      <c r="O17" s="26"/>
+      <c r="P17" s="26"/>
+      <c r="Q17" s="26"/>
+      <c r="S17" s="26" t="s">
+        <v>63</v>
+      </c>
+      <c r="T17" s="26"/>
+      <c r="U17" s="26"/>
+      <c r="V17" s="26"/>
+      <c r="W17" s="26"/>
+      <c r="AC17" s="26"/>
+      <c r="AD17" s="26"/>
+      <c r="AE17" s="26"/>
+      <c r="AF17" s="26"/>
+      <c r="AG17" s="26"/>
+      <c r="AH17" s="26"/>
+      <c r="AI17" s="26"/>
+      <c r="AJ17" s="5"/>
       <c r="AL17" s="26"/>
       <c r="AM17" s="26"/>
       <c r="AN17" s="26"/>
-      <c r="AO17" s="26"/>
-[...155 lines deleted...]
-      <c r="AJ21" s="137"/>
+    </row>
+    <row r="18" spans="2:42" x14ac:dyDescent="0.45">
+      <c r="B18" s="63"/>
+      <c r="C18" s="26" t="s">
+        <v>2</v>
+      </c>
+      <c r="D18" s="26" t="s">
+        <v>64</v>
+      </c>
+      <c r="E18" s="26" t="s">
+        <v>2</v>
+      </c>
+      <c r="F18" s="26" t="s">
+        <v>57</v>
+      </c>
+      <c r="G18" s="26" t="s">
+        <v>2</v>
+      </c>
+      <c r="H18" s="26" t="s">
+        <v>58</v>
+      </c>
+      <c r="I18" s="26" t="s">
+        <v>2</v>
+      </c>
+      <c r="J18" s="26" t="s">
+        <v>59</v>
+      </c>
+      <c r="K18" s="26" t="s">
+        <v>2</v>
+      </c>
+      <c r="L18" s="26" t="s">
+        <v>60</v>
+      </c>
+      <c r="M18" s="26"/>
+      <c r="N18" s="26"/>
+      <c r="S18" t="s">
+        <v>65</v>
+      </c>
+      <c r="V18" t="s">
+        <v>66</v>
+      </c>
+      <c r="W18" s="65"/>
+      <c r="X18" s="65"/>
+      <c r="Y18" s="65"/>
+      <c r="Z18" s="65"/>
+      <c r="AA18" s="65"/>
+      <c r="AB18" s="65"/>
+      <c r="AC18" s="26" t="s">
+        <v>67</v>
+      </c>
+      <c r="AD18" s="26"/>
+      <c r="AE18" s="26"/>
+      <c r="AF18" s="26"/>
+      <c r="AG18" s="26"/>
+      <c r="AH18" s="26"/>
+      <c r="AI18" s="26"/>
+      <c r="AJ18" s="5"/>
+    </row>
+    <row r="19" spans="2:42" x14ac:dyDescent="0.45">
+      <c r="B19" s="63"/>
+      <c r="C19" s="27" t="s">
+        <v>2</v>
+      </c>
+      <c r="D19" s="26" t="s">
+        <v>68</v>
+      </c>
+      <c r="E19" s="26" t="s">
+        <v>2</v>
+      </c>
+      <c r="F19" s="26" t="s">
+        <v>57</v>
+      </c>
+      <c r="G19" s="26" t="s">
+        <v>2</v>
+      </c>
+      <c r="H19" s="26" t="s">
+        <v>58</v>
+      </c>
+      <c r="I19" s="26" t="s">
+        <v>2</v>
+      </c>
+      <c r="J19" s="26" t="s">
+        <v>59</v>
+      </c>
+      <c r="K19" s="26" t="s">
+        <v>2</v>
+      </c>
+      <c r="L19" s="26" t="s">
+        <v>60</v>
+      </c>
+      <c r="M19" s="26"/>
+      <c r="N19" s="26"/>
+      <c r="S19" t="s">
+        <v>69</v>
+      </c>
+      <c r="V19" t="s">
+        <v>66</v>
+      </c>
+      <c r="W19" s="65"/>
+      <c r="X19" s="65"/>
+      <c r="Y19" s="65"/>
+      <c r="Z19" s="65"/>
+      <c r="AA19" s="65"/>
+      <c r="AB19" s="65"/>
+      <c r="AC19" s="26" t="s">
+        <v>67</v>
+      </c>
+      <c r="AD19" s="26"/>
+      <c r="AE19" s="26"/>
+      <c r="AF19" s="26"/>
+      <c r="AG19" s="26"/>
+      <c r="AH19" s="26"/>
+      <c r="AI19" s="26"/>
+      <c r="AJ19" s="5"/>
+    </row>
+    <row r="20" spans="2:42" x14ac:dyDescent="0.45">
+      <c r="B20" s="63"/>
+      <c r="C20" s="27" t="s">
+        <v>2</v>
+      </c>
+      <c r="D20" s="26" t="s">
+        <v>70</v>
+      </c>
+      <c r="E20" s="26" t="s">
+        <v>2</v>
+      </c>
+      <c r="F20" s="26" t="s">
+        <v>57</v>
+      </c>
+      <c r="G20" s="26" t="s">
+        <v>2</v>
+      </c>
+      <c r="H20" s="26" t="s">
+        <v>58</v>
+      </c>
+      <c r="I20" s="26" t="s">
+        <v>2</v>
+      </c>
+      <c r="J20" s="26" t="s">
+        <v>59</v>
+      </c>
+      <c r="K20" s="26" t="s">
+        <v>2</v>
+      </c>
+      <c r="L20" s="26" t="s">
+        <v>60</v>
+      </c>
+      <c r="M20" s="26" t="s">
+        <v>2</v>
+      </c>
+      <c r="N20" s="26" t="s">
+        <v>71</v>
+      </c>
+      <c r="AJ20" s="5"/>
+      <c r="AL20" s="26"/>
+      <c r="AM20" s="26"/>
+      <c r="AN20" s="26"/>
+      <c r="AO20" s="26"/>
+      <c r="AP20" s="26"/>
+    </row>
+    <row r="21" spans="2:42" ht="6.6" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B21" s="63"/>
+      <c r="C21" s="27"/>
+      <c r="D21" s="26"/>
+      <c r="E21" s="26"/>
+      <c r="F21" s="26"/>
+      <c r="G21" s="26"/>
+      <c r="H21" s="26"/>
+      <c r="I21" s="26"/>
+      <c r="J21" s="26"/>
+      <c r="K21" s="26"/>
+      <c r="L21" s="26"/>
+      <c r="M21" s="26"/>
+      <c r="N21" s="26"/>
+      <c r="AJ21" s="5"/>
       <c r="AL21" s="26"/>
       <c r="AM21" s="26"/>
       <c r="AN21" s="26"/>
+      <c r="AO21" s="26"/>
+      <c r="AP21" s="26"/>
     </row>
     <row r="22" spans="2:42" x14ac:dyDescent="0.45">
-      <c r="B22" s="125"/>
-[...33 lines deleted...]
-      <c r="AJ22" s="140"/>
+      <c r="B22" s="64"/>
+      <c r="C22" s="28" t="s">
+        <v>72</v>
+      </c>
+      <c r="D22" s="19"/>
+      <c r="E22" s="19"/>
+      <c r="F22" s="19"/>
+      <c r="G22" s="19"/>
+      <c r="H22" s="19"/>
+      <c r="I22" s="19"/>
+      <c r="J22" s="19"/>
+      <c r="K22" s="19"/>
+      <c r="L22" s="19"/>
+      <c r="M22" s="19"/>
+      <c r="N22" s="19"/>
+      <c r="O22" s="19"/>
+      <c r="P22" s="19"/>
+      <c r="Q22" s="19"/>
+      <c r="R22" s="19"/>
+      <c r="S22" s="19"/>
+      <c r="T22" s="19"/>
+      <c r="U22" s="19"/>
+      <c r="V22" s="19"/>
+      <c r="W22" s="19"/>
+      <c r="X22" s="19"/>
+      <c r="Y22" s="19"/>
+      <c r="Z22" s="19"/>
+      <c r="AA22" s="19"/>
+      <c r="AB22" s="19"/>
+      <c r="AC22" s="19"/>
+      <c r="AD22" s="19"/>
+      <c r="AE22" s="19"/>
+      <c r="AF22" s="19"/>
+      <c r="AG22" s="19"/>
+      <c r="AH22" s="19"/>
+      <c r="AI22" s="19"/>
+      <c r="AJ22" s="29"/>
+      <c r="AK22" s="30"/>
       <c r="AL22" s="26"/>
       <c r="AM22" s="26"/>
       <c r="AN22" s="26"/>
-    </row>
-[...2 lines deleted...]
-      <c r="C23" s="144" t="s">
+      <c r="AO22" s="26"/>
+      <c r="AP22" s="26"/>
+    </row>
+    <row r="23" spans="2:42" ht="29.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="B23" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="C23" s="8" t="s">
+        <v>5</v>
+      </c>
+      <c r="D23" s="58"/>
+      <c r="E23" s="58"/>
+      <c r="F23" s="24" t="s">
+        <v>6</v>
+      </c>
+      <c r="G23" s="59"/>
+      <c r="H23" s="59"/>
+      <c r="I23" s="59"/>
+      <c r="J23" s="24" t="s">
+        <v>3</v>
+      </c>
+      <c r="K23" s="59"/>
+      <c r="L23" s="59"/>
+      <c r="M23" s="59"/>
+      <c r="N23" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="O23" s="59"/>
+      <c r="P23" s="59"/>
+      <c r="Q23" s="59"/>
+      <c r="R23" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="S23" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="T23" s="59"/>
+      <c r="U23" s="59"/>
+      <c r="V23" s="59"/>
+      <c r="W23" s="24" t="s">
+        <v>3</v>
+      </c>
+      <c r="X23" s="59"/>
+      <c r="Y23" s="59"/>
+      <c r="Z23" s="59"/>
+      <c r="AA23" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="AB23" s="59"/>
+      <c r="AC23" s="59"/>
+      <c r="AD23" s="59"/>
+      <c r="AE23" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="AF23" s="59"/>
+      <c r="AG23" s="59"/>
+      <c r="AH23" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="AI23" s="9"/>
+      <c r="AJ23" s="10"/>
+      <c r="AL23" s="26"/>
+      <c r="AM23" s="31"/>
+      <c r="AN23" s="102"/>
+      <c r="AO23" s="102"/>
+      <c r="AP23" s="102"/>
+    </row>
+    <row r="24" spans="2:42" ht="8.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="AL24" s="26"/>
+      <c r="AM24" s="33"/>
+      <c r="AN24" s="102"/>
+      <c r="AO24" s="102"/>
+      <c r="AP24" s="102"/>
+    </row>
+    <row r="25" spans="2:42" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B25" s="66" t="s">
+        <v>10</v>
+      </c>
+      <c r="C25" s="69" t="s">
+        <v>11</v>
+      </c>
+      <c r="D25" s="70"/>
+      <c r="E25" s="71"/>
+      <c r="F25" s="72"/>
+      <c r="G25" s="72"/>
+      <c r="H25" s="72"/>
+      <c r="I25" s="72"/>
+      <c r="J25" s="72"/>
+      <c r="K25" s="72"/>
+      <c r="L25" s="72"/>
+      <c r="M25" s="72"/>
+      <c r="N25" s="72"/>
+      <c r="O25" s="72"/>
+      <c r="P25" s="72"/>
+      <c r="Q25" s="72"/>
+      <c r="R25" s="72"/>
+      <c r="S25" s="72"/>
+      <c r="T25" s="73" t="s">
+        <v>12</v>
+      </c>
+      <c r="U25" s="74"/>
+      <c r="V25" s="74"/>
+      <c r="W25" s="74"/>
+      <c r="X25" s="75"/>
+      <c r="Y25" s="71"/>
+      <c r="Z25" s="72"/>
+      <c r="AA25" s="72"/>
+      <c r="AB25" s="72"/>
+      <c r="AC25" s="72"/>
+      <c r="AD25" s="72"/>
+      <c r="AE25" s="72"/>
+      <c r="AF25" s="72"/>
+      <c r="AG25" s="72"/>
+      <c r="AH25" s="72"/>
+      <c r="AI25" s="72"/>
+      <c r="AJ25" s="76"/>
+    </row>
+    <row r="26" spans="2:42" x14ac:dyDescent="0.45">
+      <c r="B26" s="67"/>
+      <c r="C26" s="77" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" s="78"/>
+      <c r="E26" s="79"/>
+      <c r="F26" s="80"/>
+      <c r="G26" s="80"/>
+      <c r="H26" s="80"/>
+      <c r="I26" s="80"/>
+      <c r="J26" s="80"/>
+      <c r="K26" s="80"/>
+      <c r="L26" s="80"/>
+      <c r="M26" s="80"/>
+      <c r="N26" s="80"/>
+      <c r="O26" s="80"/>
+      <c r="P26" s="80"/>
+      <c r="Q26" s="80"/>
+      <c r="R26" s="80"/>
+      <c r="S26" s="81"/>
+      <c r="T26" s="85" t="s">
+        <v>14</v>
+      </c>
+      <c r="U26" s="86"/>
+      <c r="V26" s="86"/>
+      <c r="W26" s="86"/>
+      <c r="X26" s="87"/>
+      <c r="Y26" s="88"/>
+      <c r="Z26" s="89"/>
+      <c r="AA26" s="89"/>
+      <c r="AB26" s="89"/>
+      <c r="AC26" s="89"/>
+      <c r="AD26" s="89"/>
+      <c r="AE26" s="89"/>
+      <c r="AF26" s="89"/>
+      <c r="AG26" s="89"/>
+      <c r="AH26" s="89"/>
+      <c r="AI26" s="89"/>
+      <c r="AJ26" s="90"/>
+      <c r="AL26" s="26"/>
+      <c r="AM26" s="26"/>
+      <c r="AN26" s="26"/>
+    </row>
+    <row r="27" spans="2:42" x14ac:dyDescent="0.45">
+      <c r="B27" s="67"/>
+      <c r="C27" s="77"/>
+      <c r="D27" s="78"/>
+      <c r="E27" s="82"/>
+      <c r="F27" s="83"/>
+      <c r="G27" s="83"/>
+      <c r="H27" s="83"/>
+      <c r="I27" s="83"/>
+      <c r="J27" s="83"/>
+      <c r="K27" s="83"/>
+      <c r="L27" s="83"/>
+      <c r="M27" s="83"/>
+      <c r="N27" s="83"/>
+      <c r="O27" s="83"/>
+      <c r="P27" s="83"/>
+      <c r="Q27" s="83"/>
+      <c r="R27" s="83"/>
+      <c r="S27" s="84"/>
+      <c r="T27" s="91"/>
+      <c r="U27" s="92"/>
+      <c r="V27" s="92"/>
+      <c r="W27" s="92"/>
+      <c r="X27" s="92"/>
+      <c r="Y27" s="92"/>
+      <c r="Z27" s="92"/>
+      <c r="AA27" s="92"/>
+      <c r="AB27" s="92"/>
+      <c r="AC27" s="92"/>
+      <c r="AD27" s="92"/>
+      <c r="AE27" s="92"/>
+      <c r="AF27" s="92"/>
+      <c r="AG27" s="92"/>
+      <c r="AH27" s="92"/>
+      <c r="AI27" s="92"/>
+      <c r="AJ27" s="93"/>
+      <c r="AL27" s="26"/>
+      <c r="AM27" s="26"/>
+      <c r="AN27" s="26"/>
+    </row>
+    <row r="28" spans="2:42" x14ac:dyDescent="0.45">
+      <c r="B28" s="67"/>
+      <c r="C28" s="97" t="s">
         <v>15</v>
       </c>
-      <c r="D23" s="135"/>
-[...37 lines deleted...]
-      <c r="C24" s="89" t="s">
+      <c r="D28" s="77"/>
+      <c r="E28" s="82"/>
+      <c r="F28" s="83"/>
+      <c r="G28" s="83"/>
+      <c r="H28" s="83"/>
+      <c r="I28" s="83"/>
+      <c r="J28" s="83"/>
+      <c r="K28" s="83"/>
+      <c r="L28" s="83"/>
+      <c r="M28" s="83"/>
+      <c r="N28" s="83"/>
+      <c r="O28" s="83"/>
+      <c r="P28" s="83"/>
+      <c r="Q28" s="83"/>
+      <c r="R28" s="83"/>
+      <c r="S28" s="83"/>
+      <c r="T28" s="94"/>
+      <c r="U28" s="95"/>
+      <c r="V28" s="95"/>
+      <c r="W28" s="95"/>
+      <c r="X28" s="95"/>
+      <c r="Y28" s="95"/>
+      <c r="Z28" s="95"/>
+      <c r="AA28" s="95"/>
+      <c r="AB28" s="95"/>
+      <c r="AC28" s="95"/>
+      <c r="AD28" s="95"/>
+      <c r="AE28" s="95"/>
+      <c r="AF28" s="95"/>
+      <c r="AG28" s="95"/>
+      <c r="AH28" s="95"/>
+      <c r="AI28" s="95"/>
+      <c r="AJ28" s="96"/>
+      <c r="AM28" s="32"/>
+      <c r="AN28" s="32"/>
+    </row>
+    <row r="29" spans="2:42" x14ac:dyDescent="0.45">
+      <c r="B29" s="67"/>
+      <c r="C29" s="98" t="s">
         <v>11</v>
       </c>
-      <c r="D24" s="145"/>
-[...37 lines deleted...]
-      <c r="C25" s="135" t="s">
+      <c r="D29" s="99"/>
+      <c r="E29" s="88"/>
+      <c r="F29" s="89"/>
+      <c r="G29" s="89"/>
+      <c r="H29" s="89"/>
+      <c r="I29" s="89"/>
+      <c r="J29" s="89"/>
+      <c r="K29" s="89"/>
+      <c r="L29" s="89"/>
+      <c r="M29" s="89"/>
+      <c r="N29" s="89"/>
+      <c r="O29" s="89"/>
+      <c r="P29" s="89"/>
+      <c r="Q29" s="89"/>
+      <c r="R29" s="89"/>
+      <c r="S29" s="89"/>
+      <c r="T29" s="89"/>
+      <c r="U29" s="89"/>
+      <c r="V29" s="89"/>
+      <c r="W29" s="89"/>
+      <c r="X29" s="89"/>
+      <c r="Y29" s="89"/>
+      <c r="Z29" s="89"/>
+      <c r="AA29" s="89"/>
+      <c r="AB29" s="89"/>
+      <c r="AC29" s="89"/>
+      <c r="AD29" s="89"/>
+      <c r="AE29" s="89"/>
+      <c r="AF29" s="89"/>
+      <c r="AG29" s="89"/>
+      <c r="AH29" s="89"/>
+      <c r="AI29" s="89"/>
+      <c r="AJ29" s="90"/>
+      <c r="AM29" s="32"/>
+      <c r="AN29" s="32"/>
+    </row>
+    <row r="30" spans="2:42" x14ac:dyDescent="0.45">
+      <c r="B30" s="67"/>
+      <c r="C30" s="77" t="s">
         <v>16</v>
       </c>
-      <c r="D25" s="136"/>
-[...193 lines deleted...]
-      <c r="E30" s="80"/>
+      <c r="D30" s="78"/>
+      <c r="E30" s="79"/>
       <c r="F30" s="80"/>
       <c r="G30" s="80"/>
       <c r="H30" s="80"/>
       <c r="I30" s="80"/>
       <c r="J30" s="80"/>
       <c r="K30" s="80"/>
       <c r="L30" s="80"/>
       <c r="M30" s="80"/>
       <c r="N30" s="80"/>
       <c r="O30" s="80"/>
       <c r="P30" s="80"/>
       <c r="Q30" s="80"/>
       <c r="R30" s="80"/>
       <c r="S30" s="80"/>
-      <c r="T30" s="81"/>
-[...15 lines deleted...]
-      <c r="AJ30" s="83"/>
+      <c r="T30" s="80"/>
+      <c r="U30" s="80"/>
+      <c r="V30" s="80"/>
+      <c r="W30" s="80"/>
+      <c r="X30" s="80"/>
+      <c r="Y30" s="80"/>
+      <c r="Z30" s="80"/>
+      <c r="AA30" s="80"/>
+      <c r="AB30" s="80"/>
+      <c r="AC30" s="80"/>
+      <c r="AD30" s="80"/>
+      <c r="AE30" s="80"/>
+      <c r="AF30" s="80"/>
+      <c r="AG30" s="80"/>
+      <c r="AH30" s="80"/>
+      <c r="AI30" s="80"/>
+      <c r="AJ30" s="100"/>
     </row>
     <row r="31" spans="2:42" x14ac:dyDescent="0.45">
-      <c r="B31" s="125"/>
-      <c r="C31" s="58" t="s">
+      <c r="B31" s="67"/>
+      <c r="C31" s="77"/>
+      <c r="D31" s="78"/>
+      <c r="E31" s="82"/>
+      <c r="F31" s="83"/>
+      <c r="G31" s="83"/>
+      <c r="H31" s="83"/>
+      <c r="I31" s="83"/>
+      <c r="J31" s="83"/>
+      <c r="K31" s="83"/>
+      <c r="L31" s="83"/>
+      <c r="M31" s="83"/>
+      <c r="N31" s="83"/>
+      <c r="O31" s="83"/>
+      <c r="P31" s="83"/>
+      <c r="Q31" s="83"/>
+      <c r="R31" s="83"/>
+      <c r="S31" s="83"/>
+      <c r="T31" s="83"/>
+      <c r="U31" s="83"/>
+      <c r="V31" s="83"/>
+      <c r="W31" s="83"/>
+      <c r="X31" s="83"/>
+      <c r="Y31" s="83"/>
+      <c r="Z31" s="83"/>
+      <c r="AA31" s="83"/>
+      <c r="AB31" s="83"/>
+      <c r="AC31" s="83"/>
+      <c r="AD31" s="83"/>
+      <c r="AE31" s="83"/>
+      <c r="AF31" s="83"/>
+      <c r="AG31" s="83"/>
+      <c r="AH31" s="83"/>
+      <c r="AI31" s="83"/>
+      <c r="AJ31" s="101"/>
+    </row>
+    <row r="32" spans="2:42" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B32" s="67"/>
+      <c r="C32" s="103" t="s">
+        <v>11</v>
+      </c>
+      <c r="D32" s="104"/>
+      <c r="E32" s="105"/>
+      <c r="F32" s="106"/>
+      <c r="G32" s="106"/>
+      <c r="H32" s="106"/>
+      <c r="I32" s="106"/>
+      <c r="J32" s="106"/>
+      <c r="K32" s="106"/>
+      <c r="L32" s="106"/>
+      <c r="M32" s="106"/>
+      <c r="N32" s="106"/>
+      <c r="O32" s="106"/>
+      <c r="P32" s="106"/>
+      <c r="Q32" s="106"/>
+      <c r="R32" s="106"/>
+      <c r="S32" s="107"/>
+      <c r="T32" s="108" t="s">
+        <v>74</v>
+      </c>
+      <c r="U32" s="109"/>
+      <c r="V32" s="109"/>
+      <c r="W32" s="109"/>
+      <c r="X32" s="110"/>
+      <c r="Y32" s="108"/>
+      <c r="Z32" s="109"/>
+      <c r="AA32" s="109"/>
+      <c r="AB32" s="109"/>
+      <c r="AC32" s="109"/>
+      <c r="AD32" s="109"/>
+      <c r="AE32" s="109"/>
+      <c r="AF32" s="109"/>
+      <c r="AG32" s="109"/>
+      <c r="AH32" s="109"/>
+      <c r="AI32" s="109"/>
+      <c r="AJ32" s="117"/>
+    </row>
+    <row r="33" spans="2:36" x14ac:dyDescent="0.45">
+      <c r="B33" s="67"/>
+      <c r="C33" s="120" t="s">
+        <v>75</v>
+      </c>
+      <c r="D33" s="121"/>
+      <c r="E33" s="79"/>
+      <c r="F33" s="80"/>
+      <c r="G33" s="80"/>
+      <c r="H33" s="80"/>
+      <c r="I33" s="80"/>
+      <c r="J33" s="80"/>
+      <c r="K33" s="80"/>
+      <c r="L33" s="80"/>
+      <c r="M33" s="80"/>
+      <c r="N33" s="80"/>
+      <c r="O33" s="80"/>
+      <c r="P33" s="80"/>
+      <c r="Q33" s="80"/>
+      <c r="R33" s="80"/>
+      <c r="S33" s="81"/>
+      <c r="T33" s="111"/>
+      <c r="U33" s="112"/>
+      <c r="V33" s="112"/>
+      <c r="W33" s="112"/>
+      <c r="X33" s="113"/>
+      <c r="Y33" s="111"/>
+      <c r="Z33" s="112"/>
+      <c r="AA33" s="112"/>
+      <c r="AB33" s="112"/>
+      <c r="AC33" s="112"/>
+      <c r="AD33" s="112"/>
+      <c r="AE33" s="112"/>
+      <c r="AF33" s="112"/>
+      <c r="AG33" s="112"/>
+      <c r="AH33" s="112"/>
+      <c r="AI33" s="112"/>
+      <c r="AJ33" s="118"/>
+    </row>
+    <row r="34" spans="2:36" x14ac:dyDescent="0.45">
+      <c r="B34" s="67"/>
+      <c r="C34" s="120"/>
+      <c r="D34" s="121"/>
+      <c r="E34" s="82"/>
+      <c r="F34" s="83"/>
+      <c r="G34" s="83"/>
+      <c r="H34" s="83"/>
+      <c r="I34" s="83"/>
+      <c r="J34" s="83"/>
+      <c r="K34" s="83"/>
+      <c r="L34" s="83"/>
+      <c r="M34" s="83"/>
+      <c r="N34" s="83"/>
+      <c r="O34" s="83"/>
+      <c r="P34" s="83"/>
+      <c r="Q34" s="83"/>
+      <c r="R34" s="83"/>
+      <c r="S34" s="84"/>
+      <c r="T34" s="114"/>
+      <c r="U34" s="115"/>
+      <c r="V34" s="115"/>
+      <c r="W34" s="115"/>
+      <c r="X34" s="116"/>
+      <c r="Y34" s="114"/>
+      <c r="Z34" s="115"/>
+      <c r="AA34" s="115"/>
+      <c r="AB34" s="115"/>
+      <c r="AC34" s="115"/>
+      <c r="AD34" s="115"/>
+      <c r="AE34" s="115"/>
+      <c r="AF34" s="115"/>
+      <c r="AG34" s="115"/>
+      <c r="AH34" s="115"/>
+      <c r="AI34" s="115"/>
+      <c r="AJ34" s="119"/>
+    </row>
+    <row r="35" spans="2:36" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B35" s="67"/>
+      <c r="C35" s="122" t="s">
+        <v>76</v>
+      </c>
+      <c r="D35" s="122"/>
+      <c r="E35" s="122"/>
+      <c r="F35" s="122"/>
+      <c r="G35" s="122"/>
+      <c r="H35" s="122"/>
+      <c r="I35" s="122"/>
+      <c r="J35" s="122"/>
+      <c r="K35" s="122"/>
+      <c r="L35" s="122"/>
+      <c r="M35" s="122"/>
+      <c r="N35" s="122"/>
+      <c r="O35" s="122"/>
+      <c r="P35" s="122"/>
+      <c r="Q35" s="122"/>
+      <c r="R35" s="122"/>
+      <c r="S35" s="122"/>
+      <c r="T35" s="105"/>
+      <c r="U35" s="106"/>
+      <c r="V35" s="106"/>
+      <c r="W35" s="106"/>
+      <c r="X35" s="106"/>
+      <c r="Y35" s="106"/>
+      <c r="Z35" s="106"/>
+      <c r="AA35" s="106"/>
+      <c r="AB35" s="106"/>
+      <c r="AC35" s="106"/>
+      <c r="AD35" s="106"/>
+      <c r="AE35" s="106"/>
+      <c r="AF35" s="106"/>
+      <c r="AG35" s="106"/>
+      <c r="AH35" s="106"/>
+      <c r="AI35" s="106"/>
+      <c r="AJ35" s="123"/>
+    </row>
+    <row r="36" spans="2:36" x14ac:dyDescent="0.45">
+      <c r="B36" s="67"/>
+      <c r="C36" s="124" t="s">
         <v>17</v>
       </c>
-      <c r="D31" s="59"/>
-      <c r="E31" s="88" t="s">
+      <c r="D36" s="125"/>
+      <c r="E36" s="130" t="s">
         <v>11</v>
       </c>
-      <c r="F31" s="89"/>
-[...19 lines deleted...]
-      <c r="X31" s="39" t="s">
+      <c r="F36" s="98"/>
+      <c r="G36" s="98"/>
+      <c r="H36" s="88"/>
+      <c r="I36" s="89"/>
+      <c r="J36" s="89"/>
+      <c r="K36" s="89"/>
+      <c r="L36" s="89"/>
+      <c r="M36" s="89"/>
+      <c r="N36" s="89"/>
+      <c r="O36" s="89"/>
+      <c r="P36" s="89"/>
+      <c r="Q36" s="89"/>
+      <c r="R36" s="89"/>
+      <c r="S36" s="131"/>
+      <c r="T36" s="132" t="s">
+        <v>77</v>
+      </c>
+      <c r="U36" s="124"/>
+      <c r="V36" s="125"/>
+      <c r="W36" s="34"/>
+      <c r="X36" s="39" t="s">
         <v>2</v>
       </c>
-      <c r="Y31" s="35" t="s">
+      <c r="Y36" s="35" t="s">
         <v>18</v>
       </c>
-      <c r="Z31" s="35"/>
-[...3 lines deleted...]
-      <c r="AD31" s="39" t="s">
+      <c r="Z36" s="35"/>
+      <c r="AA36" s="35"/>
+      <c r="AB36" s="35"/>
+      <c r="AC36" s="35"/>
+      <c r="AD36" s="39" t="s">
         <v>2</v>
       </c>
-      <c r="AE31" s="35" t="s">
+      <c r="AE36" s="35" t="s">
         <v>19</v>
       </c>
-      <c r="AF31" s="35"/>
-[...9 lines deleted...]
-      <c r="E32" s="57" t="s">
+      <c r="AF36" s="35"/>
+      <c r="AG36" s="35"/>
+      <c r="AH36" s="35"/>
+      <c r="AI36" s="35"/>
+      <c r="AJ36" s="36"/>
+    </row>
+    <row r="37" spans="2:36" x14ac:dyDescent="0.45">
+      <c r="B37" s="67"/>
+      <c r="C37" s="126"/>
+      <c r="D37" s="127"/>
+      <c r="E37" s="132" t="s">
         <v>20</v>
       </c>
-      <c r="F32" s="58"/>
-[...17 lines deleted...]
-      <c r="X32" s="26" t="s">
+      <c r="F37" s="124"/>
+      <c r="G37" s="125"/>
+      <c r="H37" s="60"/>
+      <c r="I37" s="60"/>
+      <c r="J37" s="60"/>
+      <c r="K37" s="60"/>
+      <c r="L37" s="60"/>
+      <c r="M37" s="60"/>
+      <c r="N37" s="60"/>
+      <c r="O37" s="60"/>
+      <c r="P37" s="60"/>
+      <c r="Q37" s="60"/>
+      <c r="R37" s="60"/>
+      <c r="S37" s="135"/>
+      <c r="T37" s="133"/>
+      <c r="U37" s="126"/>
+      <c r="V37" s="127"/>
+      <c r="W37" s="4"/>
+      <c r="X37" s="26" t="s">
         <v>2</v>
       </c>
-      <c r="Y32" t="s">
+      <c r="Y37" t="s">
         <v>21</v>
       </c>
-      <c r="AD32" s="26" t="s">
+      <c r="AD37" s="26" t="s">
         <v>2</v>
       </c>
-      <c r="AE32" t="s">
+      <c r="AE37" t="s">
         <v>22</v>
       </c>
-      <c r="AJ32" s="5"/>
-[...24 lines deleted...]
-      <c r="X33" s="38" t="s">
+      <c r="AJ37" s="5"/>
+    </row>
+    <row r="38" spans="2:36" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="B38" s="68"/>
+      <c r="C38" s="128"/>
+      <c r="D38" s="129"/>
+      <c r="E38" s="134"/>
+      <c r="F38" s="128"/>
+      <c r="G38" s="129"/>
+      <c r="H38" s="136"/>
+      <c r="I38" s="136"/>
+      <c r="J38" s="136"/>
+      <c r="K38" s="136"/>
+      <c r="L38" s="136"/>
+      <c r="M38" s="136"/>
+      <c r="N38" s="136"/>
+      <c r="O38" s="136"/>
+      <c r="P38" s="136"/>
+      <c r="Q38" s="136"/>
+      <c r="R38" s="136"/>
+      <c r="S38" s="137"/>
+      <c r="T38" s="134"/>
+      <c r="U38" s="128"/>
+      <c r="V38" s="129"/>
+      <c r="W38" s="11"/>
+      <c r="X38" s="38" t="s">
         <v>2</v>
       </c>
-      <c r="Y33" s="12" t="s">
+      <c r="Y38" s="12" t="s">
         <v>23</v>
       </c>
-      <c r="Z33" s="12"/>
-[...3 lines deleted...]
-      <c r="AD33" s="38" t="s">
+      <c r="Z38" s="12"/>
+      <c r="AA38" s="12"/>
+      <c r="AB38" s="12"/>
+      <c r="AC38" s="12"/>
+      <c r="AD38" s="38" t="s">
         <v>2</v>
       </c>
-      <c r="AE33" s="12" t="s">
+      <c r="AE38" s="12" t="s">
         <v>24</v>
       </c>
-      <c r="AF33" s="12"/>
-[...6 lines deleted...]
-      <c r="B35" t="s">
+      <c r="AF38" s="12"/>
+      <c r="AG38" s="12"/>
+      <c r="AH38" s="12"/>
+      <c r="AI38" s="12"/>
+      <c r="AJ38" s="13"/>
+    </row>
+    <row r="40" spans="2:36" x14ac:dyDescent="0.45">
+      <c r="B40" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="36" spans="2:36" ht="30" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B36" s="37" t="s">
+    <row r="41" spans="2:36" ht="30" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B41" s="37" t="s">
         <v>26</v>
       </c>
-      <c r="C36" s="49"/>
-[...7 lines deleted...]
-      <c r="K36" s="52" t="s">
+      <c r="C41" s="148"/>
+      <c r="D41" s="149"/>
+      <c r="E41" s="149"/>
+      <c r="F41" s="149"/>
+      <c r="G41" s="149"/>
+      <c r="H41" s="149"/>
+      <c r="I41" s="149"/>
+      <c r="J41" s="150"/>
+      <c r="K41" s="151" t="s">
         <v>27</v>
       </c>
-      <c r="L36" s="52"/>
-[...10 lines deleted...]
-      <c r="W36" s="57" t="s">
+      <c r="L41" s="151"/>
+      <c r="M41" s="151"/>
+      <c r="N41" s="152"/>
+      <c r="O41" s="153"/>
+      <c r="P41" s="97"/>
+      <c r="Q41" s="97"/>
+      <c r="R41" s="97"/>
+      <c r="S41" s="97"/>
+      <c r="T41" s="97"/>
+      <c r="U41" s="97"/>
+      <c r="V41" s="77"/>
+      <c r="W41" s="132" t="s">
         <v>12</v>
       </c>
-      <c r="X36" s="58"/>
-[...25 lines deleted...]
-      <c r="K37" s="67" t="s">
+      <c r="X41" s="124"/>
+      <c r="Y41" s="125"/>
+      <c r="Z41" s="153"/>
+      <c r="AA41" s="97"/>
+      <c r="AB41" s="97"/>
+      <c r="AC41" s="97"/>
+      <c r="AD41" s="97"/>
+      <c r="AE41" s="97"/>
+      <c r="AF41" s="97"/>
+      <c r="AG41" s="97"/>
+      <c r="AH41" s="97"/>
+      <c r="AI41" s="97"/>
+      <c r="AJ41" s="77"/>
+    </row>
+    <row r="42" spans="2:36" ht="15.6" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B42" s="138" t="s">
+        <v>78</v>
+      </c>
+      <c r="C42" s="139"/>
+      <c r="D42" s="140"/>
+      <c r="E42" s="140"/>
+      <c r="F42" s="140"/>
+      <c r="G42" s="140"/>
+      <c r="H42" s="140"/>
+      <c r="I42" s="140"/>
+      <c r="J42" s="141"/>
+      <c r="K42" s="140" t="s">
         <v>27</v>
       </c>
-      <c r="L37" s="67"/>
-[...112 lines deleted...]
-      <c r="B42" s="16" t="s">
+      <c r="L42" s="140"/>
+      <c r="M42" s="140"/>
+      <c r="N42" s="141"/>
+      <c r="O42" s="132"/>
+      <c r="P42" s="124"/>
+      <c r="Q42" s="124"/>
+      <c r="R42" s="124"/>
+      <c r="S42" s="124"/>
+      <c r="T42" s="124"/>
+      <c r="U42" s="124"/>
+      <c r="V42" s="125"/>
+      <c r="W42" s="132"/>
+      <c r="X42" s="124"/>
+      <c r="Y42" s="124"/>
+      <c r="Z42" s="124"/>
+      <c r="AA42" s="124"/>
+      <c r="AB42" s="124"/>
+      <c r="AC42" s="124"/>
+      <c r="AD42" s="124"/>
+      <c r="AE42" s="124"/>
+      <c r="AF42" s="124"/>
+      <c r="AG42" s="124"/>
+      <c r="AH42" s="124"/>
+      <c r="AI42" s="124"/>
+      <c r="AJ42" s="125"/>
+    </row>
+    <row r="43" spans="2:36" ht="15.6" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B43" s="138"/>
+      <c r="C43" s="142"/>
+      <c r="D43" s="143"/>
+      <c r="E43" s="143"/>
+      <c r="F43" s="143"/>
+      <c r="G43" s="143"/>
+      <c r="H43" s="143"/>
+      <c r="I43" s="143"/>
+      <c r="J43" s="144"/>
+      <c r="K43" s="143"/>
+      <c r="L43" s="143"/>
+      <c r="M43" s="143"/>
+      <c r="N43" s="144"/>
+      <c r="O43" s="145"/>
+      <c r="P43" s="146"/>
+      <c r="Q43" s="146"/>
+      <c r="R43" s="146"/>
+      <c r="S43" s="146"/>
+      <c r="T43" s="146"/>
+      <c r="U43" s="146"/>
+      <c r="V43" s="147"/>
+      <c r="W43" s="145"/>
+      <c r="X43" s="146"/>
+      <c r="Y43" s="146"/>
+      <c r="Z43" s="146"/>
+      <c r="AA43" s="146"/>
+      <c r="AB43" s="146"/>
+      <c r="AC43" s="146"/>
+      <c r="AD43" s="146"/>
+      <c r="AE43" s="146"/>
+      <c r="AF43" s="146"/>
+      <c r="AG43" s="146"/>
+      <c r="AH43" s="146"/>
+      <c r="AI43" s="146"/>
+      <c r="AJ43" s="147"/>
+    </row>
+    <row r="44" spans="2:36" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.5"/>
+    <row r="45" spans="2:36" x14ac:dyDescent="0.45">
+      <c r="B45" s="14" t="s">
+        <v>95</v>
+      </c>
+      <c r="C45" s="2"/>
+      <c r="D45" s="2"/>
+      <c r="E45" s="2"/>
+      <c r="F45" s="2"/>
+      <c r="G45" s="2"/>
+      <c r="H45" s="2"/>
+      <c r="I45" s="2"/>
+      <c r="J45" s="2"/>
+      <c r="K45" s="2"/>
+      <c r="L45" s="2"/>
+      <c r="M45" s="2"/>
+      <c r="N45" s="15"/>
+      <c r="O45" s="2"/>
+      <c r="P45" s="15"/>
+      <c r="Q45" s="15"/>
+      <c r="R45" s="2"/>
+      <c r="S45" s="2"/>
+      <c r="T45" s="2"/>
+      <c r="U45" s="2"/>
+      <c r="V45" s="2"/>
+      <c r="W45" s="2"/>
+      <c r="X45" s="2"/>
+      <c r="Y45" s="2"/>
+      <c r="Z45" s="2"/>
+      <c r="AA45" s="2"/>
+      <c r="AB45" s="2"/>
+      <c r="AC45" s="2"/>
+      <c r="AD45" s="2"/>
+      <c r="AE45" s="2"/>
+      <c r="AF45" s="2"/>
+      <c r="AG45" s="2"/>
+      <c r="AH45" s="2"/>
+      <c r="AI45" s="2"/>
+      <c r="AJ45" s="3"/>
+    </row>
+    <row r="46" spans="2:36" x14ac:dyDescent="0.45">
+      <c r="B46" s="16" t="s">
+        <v>79</v>
+      </c>
+      <c r="N46" s="17"/>
+      <c r="P46" s="17"/>
+      <c r="Q46" s="17"/>
+      <c r="AJ46" s="5"/>
+    </row>
+    <row r="47" spans="2:36" x14ac:dyDescent="0.45">
+      <c r="B47" s="16" t="s">
         <v>28</v>
       </c>
-      <c r="P42" s="17"/>
-[...6 lines deleted...]
-      <c r="D43" s="18" t="s">
+      <c r="P47" s="17"/>
+      <c r="Q47" s="17"/>
+      <c r="AJ47" s="5"/>
+    </row>
+    <row r="48" spans="2:36" x14ac:dyDescent="0.45">
+      <c r="B48" s="16"/>
+      <c r="C48" s="18"/>
+      <c r="D48" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="E43" s="18"/>
-      <c r="F43" s="18" t="s">
+      <c r="E48" s="18"/>
+      <c r="F48" s="18" t="s">
         <v>30</v>
       </c>
-      <c r="G43" s="18"/>
-[...111 lines deleted...]
-      <c r="B47" s="21" t="s">
+      <c r="G48" s="18"/>
+      <c r="H48" s="18"/>
+      <c r="I48" s="18"/>
+      <c r="J48" s="18"/>
+      <c r="K48" s="18"/>
+      <c r="L48" s="18"/>
+      <c r="M48" s="18"/>
+      <c r="N48" s="18"/>
+      <c r="O48" s="18"/>
+      <c r="P48" s="18"/>
+      <c r="Q48" s="18"/>
+      <c r="R48" s="18"/>
+      <c r="S48" s="35"/>
+      <c r="T48" s="35"/>
+      <c r="U48" s="35"/>
+      <c r="V48" s="35"/>
+      <c r="W48" s="35"/>
+      <c r="X48" s="35"/>
+      <c r="Y48" s="35"/>
+      <c r="Z48" s="35"/>
+      <c r="AA48" s="35"/>
+      <c r="AB48" s="35"/>
+      <c r="AC48" s="35"/>
+      <c r="AD48" s="35"/>
+      <c r="AE48" s="35"/>
+      <c r="AF48" s="35"/>
+      <c r="AG48" s="35"/>
+      <c r="AJ48" s="5"/>
+    </row>
+    <row r="49" spans="2:47" x14ac:dyDescent="0.45">
+      <c r="B49" s="16"/>
+      <c r="C49" s="19"/>
+      <c r="D49" s="19"/>
+      <c r="E49" s="19"/>
+      <c r="F49" s="19"/>
+      <c r="G49" s="19"/>
+      <c r="H49" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="I49" s="19"/>
+      <c r="J49" s="19"/>
+      <c r="K49" s="19"/>
+      <c r="L49" s="19"/>
+      <c r="M49" s="19"/>
+      <c r="N49" s="19"/>
+      <c r="O49" s="19"/>
+      <c r="P49" s="19"/>
+      <c r="Q49" s="19"/>
+      <c r="R49" s="19"/>
+      <c r="S49" s="6"/>
+      <c r="T49" s="6"/>
+      <c r="U49" s="6"/>
+      <c r="V49" s="6"/>
+      <c r="W49" s="6"/>
+      <c r="X49" s="6"/>
+      <c r="Y49" s="6"/>
+      <c r="Z49" s="6"/>
+      <c r="AA49" s="6"/>
+      <c r="AB49" s="6"/>
+      <c r="AC49" s="6"/>
+      <c r="AD49" s="6"/>
+      <c r="AE49" s="6"/>
+      <c r="AF49" s="6"/>
+      <c r="AG49" s="6"/>
+      <c r="AJ49" s="5"/>
+    </row>
+    <row r="50" spans="2:47" x14ac:dyDescent="0.45">
+      <c r="B50" s="16" t="s">
+        <v>80</v>
+      </c>
+      <c r="AJ50" s="5"/>
+    </row>
+    <row r="51" spans="2:47" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="B51" s="20" t="s">
+        <v>81</v>
+      </c>
+      <c r="C51" s="12"/>
+      <c r="D51" s="12"/>
+      <c r="E51" s="12"/>
+      <c r="F51" s="12"/>
+      <c r="G51" s="12"/>
+      <c r="H51" s="12"/>
+      <c r="I51" s="12"/>
+      <c r="J51" s="12"/>
+      <c r="K51" s="12"/>
+      <c r="L51" s="12"/>
+      <c r="M51" s="12"/>
+      <c r="N51" s="12"/>
+      <c r="O51" s="12"/>
+      <c r="P51" s="12"/>
+      <c r="Q51" s="12"/>
+      <c r="R51" s="12"/>
+      <c r="S51" s="12"/>
+      <c r="T51" s="12"/>
+      <c r="U51" s="12"/>
+      <c r="V51" s="12"/>
+      <c r="W51" s="12"/>
+      <c r="X51" s="12"/>
+      <c r="Y51" s="12"/>
+      <c r="Z51" s="12"/>
+      <c r="AA51" s="12"/>
+      <c r="AB51" s="12"/>
+      <c r="AC51" s="12"/>
+      <c r="AD51" s="12"/>
+      <c r="AE51" s="12"/>
+      <c r="AF51" s="12"/>
+      <c r="AG51" s="12"/>
+      <c r="AH51" s="12"/>
+      <c r="AI51" s="12"/>
+      <c r="AJ51" s="13"/>
+    </row>
+    <row r="52" spans="2:47" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B52" s="21" t="s">
         <v>31</v>
       </c>
-      <c r="C47" s="21"/>
-[...178 lines deleted...]
-      <c r="W52" s="40"/>
+      <c r="C52" s="21"/>
+      <c r="D52" s="21"/>
+      <c r="E52" s="21"/>
+      <c r="F52" s="21"/>
+      <c r="G52" s="21"/>
+      <c r="H52" s="21"/>
+      <c r="I52" s="21"/>
+      <c r="J52" s="21"/>
+      <c r="K52" s="21"/>
+      <c r="L52" s="21"/>
+      <c r="M52" s="21"/>
+      <c r="N52" s="21"/>
+      <c r="O52" s="21"/>
+      <c r="P52" s="21"/>
+      <c r="Q52" s="21"/>
+      <c r="R52" s="21"/>
+      <c r="S52" s="21"/>
+      <c r="T52" s="21"/>
+      <c r="U52" s="21"/>
+      <c r="V52" s="21"/>
+      <c r="W52" s="21"/>
       <c r="X52" s="21"/>
       <c r="Y52" s="21"/>
       <c r="Z52" s="21"/>
       <c r="AA52" s="21"/>
       <c r="AB52" s="21"/>
     </row>
-    <row r="53" spans="2:47" ht="9.6" customHeight="1" x14ac:dyDescent="0.45">
-[...25 lines deleted...]
-      <c r="W53" s="40"/>
+    <row r="53" spans="2:47" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B53" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="C53" s="21"/>
+      <c r="D53" s="21"/>
+      <c r="E53" s="21"/>
+      <c r="F53" s="21"/>
+      <c r="G53" s="21"/>
+      <c r="H53" s="21"/>
+      <c r="I53" s="21"/>
+      <c r="J53" s="21"/>
+      <c r="K53" s="21"/>
+      <c r="L53" s="21"/>
+      <c r="M53" s="21"/>
+      <c r="N53" s="21"/>
+      <c r="O53" s="21"/>
+      <c r="P53" s="21"/>
+      <c r="Q53" s="21"/>
+      <c r="R53" s="21"/>
+      <c r="S53" s="21"/>
+      <c r="T53" s="21"/>
+      <c r="U53" s="21"/>
+      <c r="V53" s="21"/>
+      <c r="W53" s="21"/>
       <c r="X53" s="21"/>
       <c r="Y53" s="21"/>
       <c r="Z53" s="21"/>
       <c r="AA53" s="21"/>
       <c r="AB53" s="21"/>
     </row>
-    <row r="54" spans="2:47" ht="9.6" customHeight="1" x14ac:dyDescent="0.45">
-[...25 lines deleted...]
-      <c r="W54" s="40"/>
+    <row r="54" spans="2:47" ht="14.4" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B54" s="21" t="s">
+        <v>33</v>
+      </c>
+      <c r="C54" s="21"/>
+      <c r="D54" s="21"/>
+      <c r="E54" s="21"/>
+      <c r="F54" s="21"/>
+      <c r="G54" s="21"/>
+      <c r="H54" s="21"/>
+      <c r="I54" s="21"/>
+      <c r="J54" s="21"/>
+      <c r="K54" s="21"/>
+      <c r="L54" s="21"/>
+      <c r="M54" s="21"/>
+      <c r="N54" s="21"/>
+      <c r="O54" s="21"/>
+      <c r="P54" s="21"/>
+      <c r="Q54" s="21"/>
+      <c r="R54" s="21"/>
+      <c r="S54" s="21"/>
+      <c r="T54" s="21"/>
+      <c r="U54" s="21"/>
+      <c r="V54" s="21"/>
+      <c r="W54" s="21"/>
       <c r="X54" s="21"/>
       <c r="Y54" s="21"/>
       <c r="Z54" s="21"/>
       <c r="AA54" s="21"/>
       <c r="AB54" s="21"/>
     </row>
-    <row r="55" spans="2:47" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...1 lines deleted...]
-        <v>35</v>
+    <row r="55" spans="2:47" ht="9.6" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B55" s="41" t="s">
+        <v>34</v>
       </c>
       <c r="C55" s="21"/>
       <c r="D55" s="21"/>
-      <c r="E55" s="21"/>
-[...17 lines deleted...]
-      <c r="W55" s="21"/>
+      <c r="E55" s="40"/>
+      <c r="F55" s="40"/>
+      <c r="G55" s="40"/>
+      <c r="H55" s="40"/>
+      <c r="I55" s="40"/>
+      <c r="J55" s="40"/>
+      <c r="K55" s="40"/>
+      <c r="L55" s="40"/>
+      <c r="M55" s="40"/>
+      <c r="N55" s="40"/>
+      <c r="O55" s="40"/>
+      <c r="P55" s="40"/>
+      <c r="Q55" s="40"/>
+      <c r="R55" s="40"/>
+      <c r="S55" s="40"/>
+      <c r="T55" s="40"/>
+      <c r="U55" s="40"/>
+      <c r="V55" s="40"/>
+      <c r="W55" s="40"/>
       <c r="X55" s="21"/>
       <c r="Y55" s="21"/>
       <c r="Z55" s="21"/>
       <c r="AA55" s="21"/>
       <c r="AB55" s="21"/>
     </row>
-    <row r="56" spans="2:47" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...23 lines deleted...]
-      <c r="W56" s="21"/>
+    <row r="56" spans="2:47" ht="9.6" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B56" s="157" t="s">
+        <v>82</v>
+      </c>
+      <c r="C56" s="158"/>
+      <c r="D56" s="158"/>
+      <c r="E56" s="158"/>
+      <c r="F56" s="158"/>
+      <c r="G56" s="158"/>
+      <c r="H56" s="158"/>
+      <c r="I56" s="158"/>
+      <c r="J56" s="158"/>
+      <c r="K56" s="159"/>
+      <c r="L56" s="157" t="s">
+        <v>86</v>
+      </c>
+      <c r="M56" s="158"/>
+      <c r="N56" s="158"/>
+      <c r="O56" s="158"/>
+      <c r="P56" s="158"/>
+      <c r="Q56" s="158"/>
+      <c r="R56" s="158"/>
+      <c r="S56" s="158"/>
+      <c r="T56" s="158"/>
+      <c r="U56" s="159"/>
+      <c r="V56" s="40"/>
+      <c r="W56" s="40"/>
       <c r="X56" s="21"/>
       <c r="Y56" s="21"/>
       <c r="Z56" s="21"/>
       <c r="AA56" s="21"/>
       <c r="AB56" s="21"/>
     </row>
-    <row r="57" spans="2:47" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...23 lines deleted...]
-      <c r="W57" s="21"/>
+    <row r="57" spans="2:47" ht="9.6" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B57" s="154" t="s">
+        <v>83</v>
+      </c>
+      <c r="C57" s="155"/>
+      <c r="D57" s="155"/>
+      <c r="E57" s="155"/>
+      <c r="F57" s="155"/>
+      <c r="G57" s="155"/>
+      <c r="H57" s="155"/>
+      <c r="I57" s="155"/>
+      <c r="J57" s="155"/>
+      <c r="K57" s="156"/>
+      <c r="L57" s="154" t="s">
+        <v>87</v>
+      </c>
+      <c r="M57" s="155"/>
+      <c r="N57" s="155"/>
+      <c r="O57" s="155"/>
+      <c r="P57" s="155"/>
+      <c r="Q57" s="155"/>
+      <c r="R57" s="155"/>
+      <c r="S57" s="155"/>
+      <c r="T57" s="155"/>
+      <c r="U57" s="156"/>
+      <c r="V57" s="40"/>
+      <c r="W57" s="40"/>
       <c r="X57" s="21"/>
       <c r="Y57" s="21"/>
       <c r="Z57" s="21"/>
       <c r="AA57" s="21"/>
       <c r="AB57" s="21"/>
     </row>
-    <row r="58" spans="2:47" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...23 lines deleted...]
-      <c r="W58" s="21"/>
+    <row r="58" spans="2:47" ht="9.6" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B58" s="154" t="s">
+        <v>84</v>
+      </c>
+      <c r="C58" s="155"/>
+      <c r="D58" s="155"/>
+      <c r="E58" s="155"/>
+      <c r="F58" s="155"/>
+      <c r="G58" s="155"/>
+      <c r="H58" s="155"/>
+      <c r="I58" s="155"/>
+      <c r="J58" s="155"/>
+      <c r="K58" s="156"/>
+      <c r="L58" s="154" t="s">
+        <v>88</v>
+      </c>
+      <c r="M58" s="155"/>
+      <c r="N58" s="155"/>
+      <c r="O58" s="155"/>
+      <c r="P58" s="155"/>
+      <c r="Q58" s="155"/>
+      <c r="R58" s="155"/>
+      <c r="S58" s="155"/>
+      <c r="T58" s="155"/>
+      <c r="U58" s="156"/>
+      <c r="V58" s="40"/>
+      <c r="W58" s="40"/>
       <c r="X58" s="21"/>
       <c r="Y58" s="21"/>
       <c r="Z58" s="21"/>
       <c r="AA58" s="21"/>
       <c r="AB58" s="21"/>
     </row>
-    <row r="59" spans="2:47" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...23 lines deleted...]
-      <c r="W59" s="21"/>
+    <row r="59" spans="2:47" ht="9.6" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B59" s="154" t="s">
+        <v>85</v>
+      </c>
+      <c r="C59" s="155"/>
+      <c r="D59" s="155"/>
+      <c r="E59" s="155"/>
+      <c r="F59" s="155"/>
+      <c r="G59" s="155"/>
+      <c r="H59" s="155"/>
+      <c r="I59" s="155"/>
+      <c r="J59" s="155"/>
+      <c r="K59" s="156"/>
+      <c r="L59" s="154" t="s">
+        <v>89</v>
+      </c>
+      <c r="M59" s="155"/>
+      <c r="N59" s="155"/>
+      <c r="O59" s="155"/>
+      <c r="P59" s="155"/>
+      <c r="Q59" s="155"/>
+      <c r="R59" s="155"/>
+      <c r="S59" s="155"/>
+      <c r="T59" s="155"/>
+      <c r="U59" s="156"/>
+      <c r="V59" s="40"/>
+      <c r="W59" s="40"/>
       <c r="X59" s="21"/>
       <c r="Y59" s="21"/>
       <c r="Z59" s="21"/>
       <c r="AA59" s="21"/>
       <c r="AB59" s="21"/>
     </row>
     <row r="60" spans="2:47" ht="7.5" customHeight="1" x14ac:dyDescent="0.45"/>
     <row r="61" spans="2:47" x14ac:dyDescent="0.45">
       <c r="B61" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
     </row>
     <row r="62" spans="2:47" ht="19.8" x14ac:dyDescent="0.45">
       <c r="B62" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="H62" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="M62" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="Z62" s="22" t="s">
         <v>97</v>
       </c>
       <c r="AB62" s="22"/>
       <c r="AL62" s="22"/>
       <c r="AM62" s="22"/>
       <c r="AN62" s="22"/>
       <c r="AO62" s="22"/>
       <c r="AP62" s="22"/>
       <c r="AQ62" s="22"/>
       <c r="AR62" s="22"/>
       <c r="AS62" s="22"/>
       <c r="AT62" s="22"/>
       <c r="AU62" s="22"/>
     </row>
     <row r="63" spans="2:47" x14ac:dyDescent="0.45">
       <c r="B63" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="H63" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="M63" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="Q63" s="23"/>
       <c r="Z63" s="23" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="64" spans="2:47" x14ac:dyDescent="0.45">
       <c r="B64" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H64" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="M64" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="Q64" s="23"/>
       <c r="Z64" s="23" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="65" spans="2:32" x14ac:dyDescent="0.45">
       <c r="B65" s="42"/>
       <c r="AF65" t="s">
         <v>98</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="wIA46JdkSZC6Nw+kozaD8a7/8935PQQib0q/tEMRHfZKQkTyGkXkCC1Wb1zFw3SwRz8GL4jw50zXDvTZtEwkfw==" saltValue="kz8HyEEY4sTWWCp8gMiSbQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="NzngDnOsQlqzraKar4xWzaMDWT8BETThiPK+JJ9jixJ34MMrYLCoFyihzOgsJ3MWay7YrJlTkXlY9KBMIw+Zug==" saltValue="D8p2JvggURtkDAZn8NVLXQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="63">
-    <mergeCell ref="D18:E18"/>
-[...3 lines deleted...]
-    <mergeCell ref="T18:V18"/>
+    <mergeCell ref="B58:K58"/>
+    <mergeCell ref="L58:U58"/>
+    <mergeCell ref="B59:K59"/>
+    <mergeCell ref="L59:U59"/>
+    <mergeCell ref="B56:K56"/>
+    <mergeCell ref="L56:U56"/>
+    <mergeCell ref="B57:K57"/>
+    <mergeCell ref="L57:U57"/>
+    <mergeCell ref="C41:J41"/>
+    <mergeCell ref="K41:N41"/>
+    <mergeCell ref="O41:V41"/>
+    <mergeCell ref="W41:Y41"/>
+    <mergeCell ref="Z41:AJ41"/>
+    <mergeCell ref="B42:B43"/>
+    <mergeCell ref="C42:J43"/>
+    <mergeCell ref="K42:N43"/>
+    <mergeCell ref="O42:V43"/>
+    <mergeCell ref="W42:AJ43"/>
+    <mergeCell ref="C35:S35"/>
+    <mergeCell ref="T35:AJ35"/>
+    <mergeCell ref="C36:D38"/>
+    <mergeCell ref="E36:G36"/>
+    <mergeCell ref="H36:S36"/>
+    <mergeCell ref="T36:V38"/>
+    <mergeCell ref="E37:G38"/>
+    <mergeCell ref="H37:S38"/>
+    <mergeCell ref="C32:D32"/>
+    <mergeCell ref="E32:S32"/>
+    <mergeCell ref="T32:X34"/>
+    <mergeCell ref="Y32:AJ34"/>
+    <mergeCell ref="C33:D34"/>
+    <mergeCell ref="E33:S34"/>
+    <mergeCell ref="X23:Z23"/>
+    <mergeCell ref="AB23:AD23"/>
+    <mergeCell ref="AF23:AG23"/>
+    <mergeCell ref="AN23:AP23"/>
+    <mergeCell ref="AN24:AP24"/>
+    <mergeCell ref="B25:B38"/>
+    <mergeCell ref="C25:D25"/>
+    <mergeCell ref="E25:S25"/>
+    <mergeCell ref="T25:X25"/>
+    <mergeCell ref="Y25:AJ25"/>
+    <mergeCell ref="C26:D27"/>
+    <mergeCell ref="E26:S27"/>
+    <mergeCell ref="T26:X26"/>
+    <mergeCell ref="Y26:AJ26"/>
+    <mergeCell ref="T27:AJ28"/>
+    <mergeCell ref="C28:D28"/>
+    <mergeCell ref="E28:S28"/>
+    <mergeCell ref="C29:D29"/>
+    <mergeCell ref="E29:AJ29"/>
+    <mergeCell ref="C30:D31"/>
+    <mergeCell ref="E30:AJ31"/>
     <mergeCell ref="AE3:AJ3"/>
     <mergeCell ref="B4:AJ4"/>
-    <mergeCell ref="B6:B17"/>
-[...54 lines deleted...]
-    <mergeCell ref="L52:U52"/>
+    <mergeCell ref="B11:B22"/>
+    <mergeCell ref="W18:AB18"/>
+    <mergeCell ref="W19:AB19"/>
+    <mergeCell ref="D23:E23"/>
+    <mergeCell ref="G23:I23"/>
+    <mergeCell ref="K23:M23"/>
+    <mergeCell ref="O23:Q23"/>
+    <mergeCell ref="T23:V23"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
-  <conditionalFormatting sqref="D18:E18 G18:I18 K18:M18 O18:Q18 T18:V18 X18:Z18 AB18:AD18 AF18:AG18 Y20:AJ21 E20:S23 E24:AJ26 E27:S29 Y27:AJ29 T30:AJ30 H31:S33">
+  <conditionalFormatting sqref="D23:E23 G23:I23 K23:M23 O23:Q23 T23:V23 X23:Z23 AB23:AD23 AF23:AG23 Y25:AJ26 E25:S28 E29:AJ31 E32:S34 Y32:AJ34 T35:AJ35 H36:S38">
     <cfRule type="cellIs" dxfId="3" priority="1" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AE3:AJ3">
     <cfRule type="cellIs" dxfId="2" priority="2" operator="equal">
       <formula>""</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="1" priority="3" operator="equal">
       <formula>""""""</formula>
     </cfRule>
     <cfRule type="containsBlanks" dxfId="0" priority="4">
       <formula>LEN(TRIM(AE3))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C7:C9 K11:K16 M13:M16 X31:X33 E11:E16 G11:G16 AL12 I11:I16 C11:C16 AR6:AR7 AN6:AN7 K9 AL6:AL7 I9 AU6:AU7 O7:O9 R7:R8 AB7:AI8 O12 X7:X8 S9:W9 AB31:AD33" xr:uid="{940C4A25-4C9F-40EF-973B-9DDC7367F83D}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C12:C14 K16:K21 M18:M21 X36:X38 E16:E21 G16:G21 AL17 I16:I21 C16:C21 AR11:AR12 AN11:AN12 K14 AL11:AL12 I14 AU11:AU12 O12:O14 R12:R13 AB12:AI13 O17 X12:X13 S14:W14 AB36:AD38 Y9" xr:uid="{940C4A25-4C9F-40EF-973B-9DDC7367F83D}">
       <formula1>"□,■"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="64" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="65" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>